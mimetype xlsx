--- v0 (2025-12-26)
+++ v1 (2026-02-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sub-Center" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="993">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="999">
   <si>
     <t>SL. No.</t>
   </si>
   <si>
     <t>District Name</t>
   </si>
   <si>
     <t>Facility Name</t>
   </si>
   <si>
     <t>Facility Code HMIS</t>
   </si>
   <si>
     <t>Entry Person Name</t>
   </si>
   <si>
     <t>Designation</t>
   </si>
   <si>
     <t>User ID</t>
   </si>
   <si>
     <t>District Approval Authority Name</t>
   </si>
   <si>
@@ -2423,50 +2423,56 @@
   <si>
     <t>Pratapgarh</t>
   </si>
   <si>
     <t>PHC Ajit Nagar dhakoria</t>
   </si>
   <si>
     <t>Akash Deep Shukla</t>
   </si>
   <si>
     <t>Dr. Sandeep Saxena</t>
   </si>
   <si>
     <t>Ankit Kumar Chaurasiya</t>
   </si>
   <si>
     <t>Akashdeep Shukla</t>
   </si>
   <si>
     <t>UPHC Meera Bhawan</t>
   </si>
   <si>
     <t>UPHC Pandey Ka Purwa Kunda</t>
   </si>
   <si>
+    <t>UPHC Jogapur</t>
+  </si>
+  <si>
+    <t>UPHC Chilbila</t>
+  </si>
+  <si>
     <t>Prayagraj</t>
   </si>
   <si>
     <t>PHC Bhola Ka Pura</t>
   </si>
   <si>
     <t>PRAYAGRAJ</t>
   </si>
   <si>
     <t>DR. RAVENDRA SINGH</t>
   </si>
   <si>
     <t>SATYENDRA NATH PANDEY</t>
   </si>
   <si>
     <t>MAHENDRA SAHU</t>
   </si>
   <si>
     <t>PHC Bada Baghada</t>
   </si>
   <si>
     <t>VIJAY KUMAR SINGH</t>
   </si>
   <si>
     <t>PHC Civil lines</t>
@@ -2667,50 +2673,62 @@
     <t>Sambhal</t>
   </si>
   <si>
     <t>PHC Chandausi NPP</t>
   </si>
   <si>
     <t>Dr. Harvendra Singh</t>
   </si>
   <si>
     <t>Mukesh Sharma</t>
   </si>
   <si>
     <t>PHC Hanumangadi</t>
   </si>
   <si>
     <t>PHC Hatimsaray</t>
   </si>
   <si>
     <t>PUSHPRAJ SINGH</t>
   </si>
   <si>
     <t>PHC Saraitarin</t>
   </si>
   <si>
     <t>PHC Kabeer Mohalla</t>
+  </si>
+  <si>
+    <t>PHC Choddhery Sarai</t>
+  </si>
+  <si>
+    <t>PHC HALLU SARAI</t>
+  </si>
+  <si>
+    <t>PHC Mahmood Kha sarai</t>
+  </si>
+  <si>
+    <t>PHC Mangalpura</t>
   </si>
   <si>
     <t>Sant Kabir Nagar</t>
   </si>
   <si>
     <t>PHC Maghar</t>
   </si>
   <si>
     <t>Surjeet Singh</t>
   </si>
   <si>
     <t>Dr. Mohan Jha</t>
   </si>
   <si>
     <t>Brijesh Kumar</t>
   </si>
   <si>
     <t>PHC Manyvar Kanshiram Awas Bagaiya</t>
   </si>
   <si>
     <t>Sant Ravidas Nagar(Bhadohi)</t>
   </si>
   <si>
     <t>PHC Bhadohi</t>
   </si>
@@ -3340,51 +3358,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P641"/>
+  <dimension ref="A1:P647"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
     <col min="13" max="13" width="20" customWidth="true" style="0"/>
     <col min="14" max="14" width="20" customWidth="true" style="0"/>
     <col min="15" max="15" width="20" customWidth="true" style="0"/>
     <col min="16" max="16" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
@@ -28596,6084 +28614,6316 @@
       </c>
       <c r="K515" t="s">
         <v>799</v>
       </c>
       <c r="L515" t="s">
         <v>16</v>
       </c>
       <c r="M515">
         <v>60942078</v>
       </c>
       <c r="N515" t="s">
         <v>800</v>
       </c>
       <c r="O515" t="s">
         <v>18</v>
       </c>
       <c r="P515">
         <v>80942021</v>
       </c>
     </row>
     <row r="516" spans="1:16">
       <c r="A516">
         <v>515</v>
       </c>
       <c r="B516" t="s">
+        <v>795</v>
+      </c>
+      <c r="C516" t="s">
         <v>803</v>
       </c>
-      <c r="C516" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="D516"/>
+      <c r="E516"/>
+      <c r="F516"/>
+      <c r="G516"/>
+      <c r="H516"/>
       <c r="I516"/>
-      <c r="J516">
-[...19 lines deleted...]
-      </c>
+      <c r="J516"/>
+      <c r="K516"/>
+      <c r="L516"/>
+      <c r="M516"/>
+      <c r="N516"/>
+      <c r="O516"/>
+      <c r="P516"/>
     </row>
     <row r="517" spans="1:16">
       <c r="A517">
         <v>516</v>
       </c>
       <c r="B517" t="s">
-        <v>803</v>
+        <v>795</v>
       </c>
       <c r="C517" t="s">
-        <v>809</v>
-[...15 lines deleted...]
-      </c>
+        <v>804</v>
+      </c>
+      <c r="D517"/>
+      <c r="E517"/>
+      <c r="F517"/>
+      <c r="G517"/>
+      <c r="H517"/>
       <c r="I517"/>
-      <c r="J517">
-[...19 lines deleted...]
-      </c>
+      <c r="J517"/>
+      <c r="K517"/>
+      <c r="L517"/>
+      <c r="M517"/>
+      <c r="N517"/>
+      <c r="O517"/>
+      <c r="P517"/>
     </row>
     <row r="518" spans="1:16">
       <c r="A518">
         <v>517</v>
       </c>
       <c r="B518" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="C518" t="s">
-        <v>811</v>
+        <v>806</v>
       </c>
       <c r="D518">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E518" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="F518" t="s">
         <v>13</v>
       </c>
       <c r="G518">
         <v>409440118</v>
       </c>
       <c r="H518" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="I518"/>
       <c r="J518">
         <v>50944042</v>
       </c>
       <c r="K518" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="L518" t="s">
         <v>56</v>
       </c>
       <c r="M518">
         <v>60944072</v>
       </c>
       <c r="N518" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="O518" t="s">
         <v>18</v>
       </c>
       <c r="P518">
         <v>80944079</v>
       </c>
     </row>
     <row r="519" spans="1:16">
       <c r="A519">
         <v>518</v>
       </c>
       <c r="B519" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="C519" t="s">
-        <v>812</v>
+        <v>811</v>
       </c>
       <c r="D519">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E519" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="F519" t="s">
         <v>13</v>
       </c>
       <c r="G519">
         <v>409440118</v>
       </c>
       <c r="H519" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="I519"/>
       <c r="J519">
         <v>50944042</v>
       </c>
       <c r="K519" t="s">
-        <v>813</v>
+        <v>812</v>
       </c>
       <c r="L519" t="s">
         <v>56</v>
       </c>
       <c r="M519">
-        <v>60944069</v>
+        <v>60944068</v>
       </c>
       <c r="N519" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="O519" t="s">
         <v>18</v>
       </c>
       <c r="P519">
         <v>80944079</v>
       </c>
     </row>
     <row r="520" spans="1:16">
       <c r="A520">
         <v>519</v>
       </c>
       <c r="B520" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="C520" t="s">
-        <v>814</v>
+        <v>813</v>
       </c>
       <c r="D520">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="E520" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="F520" t="s">
         <v>13</v>
       </c>
       <c r="G520">
         <v>409440118</v>
       </c>
       <c r="H520" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="I520"/>
       <c r="J520">
         <v>50944042</v>
       </c>
       <c r="K520" t="s">
-        <v>813</v>
+        <v>809</v>
       </c>
       <c r="L520" t="s">
         <v>56</v>
       </c>
       <c r="M520">
-        <v>60944069</v>
+        <v>60944072</v>
       </c>
       <c r="N520" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="O520" t="s">
         <v>18</v>
       </c>
       <c r="P520">
         <v>80944079</v>
       </c>
     </row>
     <row r="521" spans="1:16">
       <c r="A521">
         <v>520</v>
       </c>
       <c r="B521" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="C521" t="s">
-        <v>815</v>
+        <v>814</v>
       </c>
       <c r="D521">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="E521" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="F521" t="s">
         <v>13</v>
       </c>
       <c r="G521">
         <v>409440118</v>
       </c>
       <c r="H521" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="I521"/>
       <c r="J521">
         <v>50944042</v>
       </c>
       <c r="K521" t="s">
+        <v>815</v>
+      </c>
+      <c r="L521" t="s">
+        <v>56</v>
+      </c>
+      <c r="M521">
+        <v>60944069</v>
+      </c>
+      <c r="N521" t="s">
         <v>810</v>
-      </c>
-[...7 lines deleted...]
-        <v>808</v>
       </c>
       <c r="O521" t="s">
         <v>18</v>
       </c>
       <c r="P521">
         <v>80944079</v>
       </c>
     </row>
     <row r="522" spans="1:16">
       <c r="A522">
         <v>521</v>
       </c>
       <c r="B522" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="C522" t="s">
         <v>816</v>
       </c>
       <c r="D522">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="E522" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="F522" t="s">
         <v>13</v>
       </c>
       <c r="G522">
         <v>409440118</v>
       </c>
       <c r="H522" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="I522"/>
       <c r="J522">
         <v>50944042</v>
       </c>
       <c r="K522" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="L522" t="s">
         <v>56</v>
       </c>
       <c r="M522">
         <v>60944069</v>
       </c>
       <c r="N522" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="O522" t="s">
         <v>18</v>
       </c>
       <c r="P522">
         <v>80944079</v>
       </c>
     </row>
     <row r="523" spans="1:16">
       <c r="A523">
         <v>522</v>
       </c>
       <c r="B523" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="C523" t="s">
         <v>817</v>
       </c>
       <c r="D523">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="E523" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="F523" t="s">
         <v>13</v>
       </c>
       <c r="G523">
         <v>409440118</v>
       </c>
       <c r="H523" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="I523"/>
       <c r="J523">
         <v>50944042</v>
       </c>
       <c r="K523" t="s">
-        <v>807</v>
+        <v>812</v>
       </c>
       <c r="L523" t="s">
         <v>56</v>
       </c>
       <c r="M523">
-        <v>60944072</v>
+        <v>60944068</v>
       </c>
       <c r="N523" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="O523" t="s">
         <v>18</v>
       </c>
       <c r="P523">
         <v>80944079</v>
       </c>
     </row>
     <row r="524" spans="1:16">
       <c r="A524">
         <v>523</v>
       </c>
       <c r="B524" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="C524" t="s">
         <v>818</v>
       </c>
       <c r="D524">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="E524" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="F524" t="s">
         <v>13</v>
       </c>
       <c r="G524">
         <v>409440118</v>
       </c>
       <c r="H524" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="I524"/>
       <c r="J524">
         <v>50944042</v>
       </c>
       <c r="K524" t="s">
+        <v>815</v>
+      </c>
+      <c r="L524" t="s">
+        <v>56</v>
+      </c>
+      <c r="M524">
+        <v>60944069</v>
+      </c>
+      <c r="N524" t="s">
         <v>810</v>
-      </c>
-[...7 lines deleted...]
-        <v>808</v>
       </c>
       <c r="O524" t="s">
         <v>18</v>
       </c>
       <c r="P524">
         <v>80944079</v>
       </c>
     </row>
     <row r="525" spans="1:16">
       <c r="A525">
         <v>524</v>
       </c>
       <c r="B525" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="C525" t="s">
         <v>819</v>
       </c>
       <c r="D525">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="E525" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="F525" t="s">
         <v>13</v>
       </c>
       <c r="G525">
         <v>409440118</v>
       </c>
       <c r="H525" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="I525"/>
       <c r="J525">
         <v>50944042</v>
       </c>
       <c r="K525" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="L525" t="s">
         <v>56</v>
       </c>
       <c r="M525">
         <v>60944072</v>
       </c>
       <c r="N525" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="O525" t="s">
         <v>18</v>
       </c>
       <c r="P525">
         <v>80944079</v>
       </c>
     </row>
     <row r="526" spans="1:16">
       <c r="A526">
         <v>525</v>
       </c>
       <c r="B526" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="C526" t="s">
         <v>820</v>
       </c>
       <c r="D526">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="E526" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="F526" t="s">
         <v>13</v>
       </c>
       <c r="G526">
         <v>409440118</v>
       </c>
       <c r="H526" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="I526"/>
       <c r="J526">
         <v>50944042</v>
       </c>
       <c r="K526" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
       <c r="L526" t="s">
         <v>56</v>
       </c>
       <c r="M526">
         <v>60944068</v>
       </c>
       <c r="N526" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="O526" t="s">
         <v>18</v>
       </c>
       <c r="P526">
         <v>80944079</v>
       </c>
     </row>
     <row r="527" spans="1:16">
       <c r="A527">
         <v>526</v>
       </c>
       <c r="B527" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="C527" t="s">
         <v>821</v>
       </c>
       <c r="D527">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E527" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="F527" t="s">
         <v>13</v>
       </c>
       <c r="G527">
         <v>409440118</v>
       </c>
       <c r="H527" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="I527"/>
       <c r="J527">
         <v>50944042</v>
       </c>
       <c r="K527" t="s">
+        <v>809</v>
+      </c>
+      <c r="L527" t="s">
+        <v>56</v>
+      </c>
+      <c r="M527">
+        <v>60944072</v>
+      </c>
+      <c r="N527" t="s">
         <v>810</v>
-      </c>
-[...7 lines deleted...]
-        <v>808</v>
       </c>
       <c r="O527" t="s">
         <v>18</v>
       </c>
       <c r="P527">
         <v>80944079</v>
       </c>
     </row>
     <row r="528" spans="1:16">
       <c r="A528">
         <v>527</v>
       </c>
       <c r="B528" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="C528" t="s">
         <v>822</v>
       </c>
       <c r="D528">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E528" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="F528" t="s">
         <v>13</v>
       </c>
       <c r="G528">
         <v>409440118</v>
       </c>
       <c r="H528" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="I528"/>
       <c r="J528">
         <v>50944042</v>
       </c>
       <c r="K528" t="s">
-        <v>813</v>
+        <v>812</v>
       </c>
       <c r="L528" t="s">
         <v>56</v>
       </c>
       <c r="M528">
-        <v>60944069</v>
+        <v>60944068</v>
       </c>
       <c r="N528" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="O528" t="s">
         <v>18</v>
       </c>
       <c r="P528">
         <v>80944079</v>
       </c>
     </row>
     <row r="529" spans="1:16">
       <c r="A529">
         <v>528</v>
       </c>
       <c r="B529" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="C529" t="s">
         <v>823</v>
       </c>
       <c r="D529">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="E529" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="F529" t="s">
         <v>13</v>
       </c>
       <c r="G529">
         <v>409440118</v>
       </c>
       <c r="H529" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="I529"/>
       <c r="J529">
         <v>50944042</v>
       </c>
       <c r="K529" t="s">
-        <v>813</v>
+        <v>812</v>
       </c>
       <c r="L529" t="s">
         <v>56</v>
       </c>
       <c r="M529">
-        <v>60944069</v>
+        <v>60944068</v>
       </c>
       <c r="N529" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="O529" t="s">
         <v>18</v>
       </c>
       <c r="P529">
         <v>80944079</v>
       </c>
     </row>
     <row r="530" spans="1:16">
       <c r="A530">
         <v>529</v>
       </c>
       <c r="B530" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="C530" t="s">
         <v>824</v>
       </c>
       <c r="D530">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E530" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="F530" t="s">
         <v>13</v>
       </c>
       <c r="G530">
         <v>409440118</v>
       </c>
       <c r="H530" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="I530"/>
       <c r="J530">
         <v>50944042</v>
       </c>
       <c r="K530" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="L530" t="s">
         <v>56</v>
       </c>
       <c r="M530">
         <v>60944069</v>
       </c>
       <c r="N530" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="O530" t="s">
         <v>18</v>
       </c>
       <c r="P530">
         <v>80944079</v>
       </c>
     </row>
     <row r="531" spans="1:16">
       <c r="A531">
         <v>530</v>
       </c>
       <c r="B531" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="C531" t="s">
         <v>825</v>
       </c>
       <c r="D531">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E531" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="F531" t="s">
         <v>13</v>
       </c>
       <c r="G531">
         <v>409440118</v>
       </c>
       <c r="H531" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="I531"/>
       <c r="J531">
         <v>50944042</v>
       </c>
       <c r="K531" t="s">
-        <v>807</v>
+        <v>815</v>
       </c>
       <c r="L531" t="s">
         <v>56</v>
       </c>
       <c r="M531">
-        <v>60944072</v>
+        <v>60944069</v>
       </c>
       <c r="N531" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="O531" t="s">
         <v>18</v>
       </c>
       <c r="P531">
         <v>80944079</v>
       </c>
     </row>
     <row r="532" spans="1:16">
       <c r="A532">
         <v>531</v>
       </c>
       <c r="B532" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="C532" t="s">
         <v>826</v>
       </c>
       <c r="D532">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="E532" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="F532" t="s">
         <v>13</v>
       </c>
       <c r="G532">
         <v>409440118</v>
       </c>
       <c r="H532" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="I532"/>
       <c r="J532">
         <v>50944042</v>
       </c>
       <c r="K532" t="s">
+        <v>815</v>
+      </c>
+      <c r="L532" t="s">
+        <v>56</v>
+      </c>
+      <c r="M532">
+        <v>60944069</v>
+      </c>
+      <c r="N532" t="s">
         <v>810</v>
-      </c>
-[...7 lines deleted...]
-        <v>808</v>
       </c>
       <c r="O532" t="s">
         <v>18</v>
       </c>
       <c r="P532">
         <v>80944079</v>
       </c>
     </row>
     <row r="533" spans="1:16">
       <c r="A533">
         <v>532</v>
       </c>
       <c r="B533" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="C533" t="s">
         <v>827</v>
       </c>
       <c r="D533">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E533" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="F533" t="s">
         <v>13</v>
       </c>
       <c r="G533">
         <v>409440118</v>
       </c>
       <c r="H533" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="I533"/>
       <c r="J533">
         <v>50944042</v>
       </c>
       <c r="K533" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="L533" t="s">
         <v>56</v>
       </c>
       <c r="M533">
         <v>60944072</v>
       </c>
       <c r="N533" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="O533" t="s">
         <v>18</v>
       </c>
       <c r="P533">
         <v>80944079</v>
       </c>
     </row>
     <row r="534" spans="1:16">
       <c r="A534">
         <v>533</v>
       </c>
       <c r="B534" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="C534" t="s">
         <v>828</v>
       </c>
       <c r="D534">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="E534" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="F534" t="s">
         <v>13</v>
       </c>
       <c r="G534">
         <v>409440118</v>
       </c>
       <c r="H534" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="I534"/>
       <c r="J534">
         <v>50944042</v>
       </c>
       <c r="K534" t="s">
-        <v>807</v>
+        <v>812</v>
       </c>
       <c r="L534" t="s">
         <v>56</v>
       </c>
       <c r="M534">
-        <v>60944072</v>
+        <v>60944068</v>
       </c>
       <c r="N534" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="O534" t="s">
         <v>18</v>
       </c>
       <c r="P534">
         <v>80944079</v>
       </c>
     </row>
     <row r="535" spans="1:16">
       <c r="A535">
         <v>534</v>
       </c>
       <c r="B535" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="C535" t="s">
         <v>829</v>
       </c>
       <c r="D535">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="E535" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="F535" t="s">
         <v>13</v>
       </c>
       <c r="G535">
         <v>409440118</v>
       </c>
       <c r="H535" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="I535"/>
       <c r="J535">
         <v>50944042</v>
       </c>
       <c r="K535" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="L535" t="s">
         <v>56</v>
       </c>
       <c r="M535">
         <v>60944072</v>
       </c>
       <c r="N535" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="O535" t="s">
         <v>18</v>
       </c>
       <c r="P535">
         <v>80944079</v>
       </c>
     </row>
     <row r="536" spans="1:16">
       <c r="A536">
         <v>535</v>
       </c>
       <c r="B536" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="C536" t="s">
         <v>830</v>
       </c>
       <c r="D536">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E536" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="F536" t="s">
         <v>13</v>
       </c>
       <c r="G536">
         <v>409440118</v>
       </c>
       <c r="H536" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="I536"/>
       <c r="J536">
         <v>50944042</v>
       </c>
       <c r="K536" t="s">
+        <v>809</v>
+      </c>
+      <c r="L536" t="s">
+        <v>56</v>
+      </c>
+      <c r="M536">
+        <v>60944072</v>
+      </c>
+      <c r="N536" t="s">
         <v>810</v>
-      </c>
-[...7 lines deleted...]
-        <v>808</v>
       </c>
       <c r="O536" t="s">
         <v>18</v>
       </c>
       <c r="P536">
         <v>80944079</v>
       </c>
     </row>
     <row r="537" spans="1:16">
       <c r="A537">
         <v>536</v>
       </c>
       <c r="B537" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="C537" t="s">
         <v>831</v>
       </c>
       <c r="D537">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E537" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="F537" t="s">
         <v>13</v>
       </c>
       <c r="G537">
         <v>409440118</v>
       </c>
       <c r="H537" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="I537"/>
       <c r="J537">
         <v>50944042</v>
       </c>
       <c r="K537" t="s">
+        <v>809</v>
+      </c>
+      <c r="L537" t="s">
+        <v>56</v>
+      </c>
+      <c r="M537">
+        <v>60944072</v>
+      </c>
+      <c r="N537" t="s">
         <v>810</v>
-      </c>
-[...7 lines deleted...]
-        <v>808</v>
       </c>
       <c r="O537" t="s">
         <v>18</v>
       </c>
       <c r="P537">
         <v>80944079</v>
       </c>
     </row>
     <row r="538" spans="1:16">
       <c r="A538">
         <v>537</v>
       </c>
       <c r="B538" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="C538" t="s">
         <v>832</v>
       </c>
       <c r="D538">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="E538" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="F538" t="s">
         <v>13</v>
       </c>
       <c r="G538">
         <v>409440118</v>
       </c>
       <c r="H538" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="I538"/>
       <c r="J538">
         <v>50944042</v>
       </c>
       <c r="K538" t="s">
-        <v>813</v>
+        <v>812</v>
       </c>
       <c r="L538" t="s">
         <v>56</v>
       </c>
       <c r="M538">
-        <v>60944069</v>
+        <v>60944068</v>
       </c>
       <c r="N538" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="O538" t="s">
         <v>18</v>
       </c>
       <c r="P538">
         <v>80944079</v>
       </c>
     </row>
     <row r="539" spans="1:16">
       <c r="A539">
         <v>538</v>
       </c>
       <c r="B539" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="C539" t="s">
         <v>833</v>
       </c>
-      <c r="D539"/>
+      <c r="D539">
+        <v>22</v>
+      </c>
       <c r="E539" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="F539" t="s">
         <v>13</v>
       </c>
       <c r="G539">
         <v>409440118</v>
       </c>
       <c r="H539" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="I539"/>
       <c r="J539">
         <v>50944042</v>
       </c>
       <c r="K539" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
       <c r="L539" t="s">
         <v>56</v>
       </c>
       <c r="M539">
         <v>60944068</v>
       </c>
-      <c r="N539"/>
-[...1 lines deleted...]
-      <c r="P539"/>
+      <c r="N539" t="s">
+        <v>810</v>
+      </c>
+      <c r="O539" t="s">
+        <v>18</v>
+      </c>
+      <c r="P539">
+        <v>80944079</v>
+      </c>
     </row>
     <row r="540" spans="1:16">
       <c r="A540">
         <v>539</v>
       </c>
       <c r="B540" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="C540" t="s">
         <v>834</v>
       </c>
-      <c r="D540"/>
+      <c r="D540">
+        <v>23</v>
+      </c>
       <c r="E540" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="F540" t="s">
         <v>13</v>
       </c>
       <c r="G540">
         <v>409440118</v>
       </c>
       <c r="H540" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="I540"/>
       <c r="J540">
         <v>50944042</v>
       </c>
       <c r="K540" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="L540" t="s">
         <v>56</v>
       </c>
       <c r="M540">
         <v>60944069</v>
       </c>
-      <c r="N540"/>
-[...1 lines deleted...]
-      <c r="P540"/>
+      <c r="N540" t="s">
+        <v>810</v>
+      </c>
+      <c r="O540" t="s">
+        <v>18</v>
+      </c>
+      <c r="P540">
+        <v>80944079</v>
+      </c>
     </row>
     <row r="541" spans="1:16">
       <c r="A541">
         <v>540</v>
       </c>
       <c r="B541" t="s">
+        <v>805</v>
+      </c>
+      <c r="C541" t="s">
         <v>835</v>
       </c>
-      <c r="C541" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D541"/>
       <c r="E541" t="s">
-        <v>837</v>
+        <v>807</v>
       </c>
       <c r="F541" t="s">
-        <v>56</v>
+        <v>13</v>
       </c>
       <c r="G541">
-        <v>4092727</v>
+        <v>409440118</v>
       </c>
       <c r="H541" t="s">
-        <v>838</v>
+        <v>808</v>
       </c>
       <c r="I541"/>
       <c r="J541">
-        <v>50927070</v>
-[...3 lines deleted...]
-      <c r="M541"/>
+        <v>50944042</v>
+      </c>
+      <c r="K541" t="s">
+        <v>812</v>
+      </c>
+      <c r="L541" t="s">
+        <v>56</v>
+      </c>
+      <c r="M541">
+        <v>60944068</v>
+      </c>
       <c r="N541"/>
       <c r="O541"/>
       <c r="P541"/>
     </row>
     <row r="542" spans="1:16">
       <c r="A542">
         <v>541</v>
       </c>
       <c r="B542" t="s">
-        <v>835</v>
+        <v>805</v>
       </c>
       <c r="C542" t="s">
-        <v>839</v>
-[...3 lines deleted...]
-      </c>
+        <v>836</v>
+      </c>
+      <c r="D542"/>
       <c r="E542" t="s">
-        <v>837</v>
+        <v>807</v>
       </c>
       <c r="F542" t="s">
-        <v>56</v>
+        <v>13</v>
       </c>
       <c r="G542">
-        <v>4092727</v>
+        <v>409440118</v>
       </c>
       <c r="H542" t="s">
-        <v>838</v>
+        <v>808</v>
       </c>
       <c r="I542"/>
       <c r="J542">
-        <v>50927070</v>
-[...3 lines deleted...]
-      <c r="M542"/>
+        <v>50944042</v>
+      </c>
+      <c r="K542" t="s">
+        <v>815</v>
+      </c>
+      <c r="L542" t="s">
+        <v>56</v>
+      </c>
+      <c r="M542">
+        <v>60944069</v>
+      </c>
       <c r="N542"/>
       <c r="O542"/>
       <c r="P542"/>
     </row>
     <row r="543" spans="1:16">
       <c r="A543">
         <v>542</v>
       </c>
       <c r="B543" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="C543" t="s">
-        <v>840</v>
+        <v>838</v>
       </c>
       <c r="D543">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="E543" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="F543" t="s">
         <v>56</v>
       </c>
       <c r="G543">
         <v>4092727</v>
       </c>
       <c r="H543" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
       <c r="I543"/>
       <c r="J543">
         <v>50927070</v>
       </c>
       <c r="K543"/>
       <c r="L543"/>
       <c r="M543"/>
       <c r="N543"/>
       <c r="O543"/>
       <c r="P543"/>
     </row>
     <row r="544" spans="1:16">
       <c r="A544">
         <v>543</v>
       </c>
       <c r="B544" t="s">
+        <v>837</v>
+      </c>
+      <c r="C544" t="s">
         <v>841</v>
       </c>
-      <c r="C544" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D544">
-        <v>430</v>
+        <v>106</v>
       </c>
       <c r="E544" t="s">
-        <v>843</v>
+        <v>839</v>
       </c>
       <c r="F544" t="s">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="G544">
-        <v>40950125</v>
+        <v>4092727</v>
       </c>
       <c r="H544" t="s">
-        <v>844</v>
-[...3 lines deleted...]
-      </c>
+        <v>840</v>
+      </c>
+      <c r="I544"/>
       <c r="J544">
-        <v>5095045</v>
-[...18 lines deleted...]
-      </c>
+        <v>50927070</v>
+      </c>
+      <c r="K544"/>
+      <c r="L544"/>
+      <c r="M544"/>
+      <c r="N544"/>
+      <c r="O544"/>
+      <c r="P544"/>
     </row>
     <row r="545" spans="1:16">
       <c r="A545">
         <v>544</v>
       </c>
       <c r="B545" t="s">
-        <v>841</v>
+        <v>837</v>
       </c>
       <c r="C545" t="s">
-        <v>846</v>
+        <v>842</v>
       </c>
       <c r="D545">
-        <v>431</v>
+        <v>107</v>
       </c>
       <c r="E545" t="s">
-        <v>843</v>
+        <v>839</v>
       </c>
       <c r="F545" t="s">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="G545">
-        <v>40950125</v>
+        <v>4092727</v>
       </c>
       <c r="H545" t="s">
-        <v>844</v>
-[...3 lines deleted...]
-      </c>
+        <v>840</v>
+      </c>
+      <c r="I545"/>
       <c r="J545">
-        <v>5095045</v>
-[...18 lines deleted...]
-      </c>
+        <v>50927070</v>
+      </c>
+      <c r="K545"/>
+      <c r="L545"/>
+      <c r="M545"/>
+      <c r="N545"/>
+      <c r="O545"/>
+      <c r="P545"/>
     </row>
     <row r="546" spans="1:16">
       <c r="A546">
         <v>545</v>
       </c>
       <c r="B546" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
       <c r="C546" t="s">
-        <v>847</v>
+        <v>844</v>
       </c>
       <c r="D546">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="E546" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="F546" t="s">
         <v>18</v>
       </c>
       <c r="G546">
         <v>40950125</v>
       </c>
       <c r="H546" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="I546" t="s">
         <v>91</v>
       </c>
       <c r="J546">
         <v>5095045</v>
       </c>
       <c r="K546" t="s">
         <v>81</v>
       </c>
       <c r="L546" t="s">
         <v>16</v>
       </c>
       <c r="M546">
         <v>6095073</v>
       </c>
       <c r="N546" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="O546" t="s">
         <v>18</v>
       </c>
       <c r="P546">
         <v>8095020</v>
       </c>
     </row>
     <row r="547" spans="1:16">
       <c r="A547">
         <v>546</v>
       </c>
       <c r="B547" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
       <c r="C547" t="s">
         <v>848</v>
       </c>
       <c r="D547">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="E547" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="F547" t="s">
         <v>18</v>
       </c>
       <c r="G547">
         <v>40950125</v>
       </c>
       <c r="H547" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="I547" t="s">
         <v>91</v>
       </c>
       <c r="J547">
         <v>5095045</v>
       </c>
       <c r="K547" t="s">
         <v>81</v>
       </c>
       <c r="L547" t="s">
         <v>16</v>
       </c>
       <c r="M547">
         <v>6095073</v>
       </c>
       <c r="N547" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="O547" t="s">
         <v>18</v>
       </c>
       <c r="P547">
         <v>8095020</v>
       </c>
     </row>
     <row r="548" spans="1:16">
       <c r="A548">
         <v>547</v>
       </c>
       <c r="B548" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
       <c r="C548" t="s">
         <v>849</v>
       </c>
       <c r="D548">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="E548" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="F548" t="s">
         <v>18</v>
       </c>
       <c r="G548">
         <v>40950125</v>
       </c>
       <c r="H548" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="I548" t="s">
         <v>91</v>
       </c>
       <c r="J548">
         <v>5095045</v>
       </c>
       <c r="K548" t="s">
         <v>81</v>
       </c>
       <c r="L548" t="s">
         <v>16</v>
       </c>
       <c r="M548">
         <v>6095073</v>
       </c>
       <c r="N548" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="O548" t="s">
         <v>18</v>
       </c>
       <c r="P548">
         <v>8095020</v>
       </c>
     </row>
     <row r="549" spans="1:16">
       <c r="A549">
         <v>548</v>
       </c>
       <c r="B549" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
       <c r="C549" t="s">
         <v>850</v>
       </c>
       <c r="D549">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="E549" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="F549" t="s">
         <v>18</v>
       </c>
       <c r="G549">
         <v>40950125</v>
       </c>
       <c r="H549" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="I549" t="s">
         <v>91</v>
       </c>
       <c r="J549">
         <v>5095045</v>
       </c>
       <c r="K549" t="s">
         <v>81</v>
       </c>
       <c r="L549" t="s">
         <v>16</v>
       </c>
       <c r="M549">
         <v>6095073</v>
       </c>
       <c r="N549" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="O549" t="s">
         <v>18</v>
       </c>
       <c r="P549">
         <v>8095020</v>
       </c>
     </row>
     <row r="550" spans="1:16">
       <c r="A550">
         <v>549</v>
       </c>
       <c r="B550" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
       <c r="C550" t="s">
         <v>851</v>
       </c>
-      <c r="D550"/>
+      <c r="D550">
+        <v>434</v>
+      </c>
       <c r="E550" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="F550" t="s">
         <v>18</v>
       </c>
       <c r="G550">
         <v>40950125</v>
       </c>
       <c r="H550" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="I550" t="s">
         <v>91</v>
       </c>
       <c r="J550">
         <v>5095045</v>
       </c>
       <c r="K550" t="s">
         <v>81</v>
       </c>
       <c r="L550" t="s">
         <v>16</v>
       </c>
       <c r="M550">
         <v>6095073</v>
       </c>
       <c r="N550" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="O550" t="s">
         <v>18</v>
       </c>
       <c r="P550">
         <v>8095020</v>
       </c>
     </row>
     <row r="551" spans="1:16">
       <c r="A551">
         <v>550</v>
       </c>
       <c r="B551" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
       <c r="C551" t="s">
         <v>852</v>
       </c>
-      <c r="D551"/>
+      <c r="D551">
+        <v>435</v>
+      </c>
       <c r="E551" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="F551" t="s">
         <v>18</v>
       </c>
       <c r="G551">
         <v>40950125</v>
       </c>
-      <c r="H551"/>
-[...1 lines deleted...]
-      <c r="J551"/>
+      <c r="H551" t="s">
+        <v>846</v>
+      </c>
+      <c r="I551" t="s">
+        <v>91</v>
+      </c>
+      <c r="J551">
+        <v>5095045</v>
+      </c>
       <c r="K551" t="s">
         <v>81</v>
       </c>
       <c r="L551" t="s">
         <v>16</v>
       </c>
       <c r="M551">
         <v>6095073</v>
       </c>
       <c r="N551" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="O551" t="s">
         <v>18</v>
       </c>
       <c r="P551">
         <v>8095020</v>
       </c>
     </row>
     <row r="552" spans="1:16">
       <c r="A552">
         <v>551</v>
       </c>
       <c r="B552" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
       <c r="C552" t="s">
         <v>853</v>
       </c>
       <c r="D552"/>
       <c r="E552" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="F552" t="s">
         <v>18</v>
       </c>
       <c r="G552">
         <v>40950125</v>
       </c>
-      <c r="H552"/>
-[...1 lines deleted...]
-      <c r="J552"/>
+      <c r="H552" t="s">
+        <v>846</v>
+      </c>
+      <c r="I552" t="s">
+        <v>91</v>
+      </c>
+      <c r="J552">
+        <v>5095045</v>
+      </c>
       <c r="K552" t="s">
         <v>81</v>
       </c>
       <c r="L552" t="s">
         <v>16</v>
       </c>
       <c r="M552">
         <v>6095073</v>
       </c>
       <c r="N552" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="O552" t="s">
         <v>18</v>
       </c>
       <c r="P552">
         <v>8095020</v>
       </c>
     </row>
     <row r="553" spans="1:16">
       <c r="A553">
         <v>552</v>
       </c>
       <c r="B553" t="s">
+        <v>843</v>
+      </c>
+      <c r="C553" t="s">
         <v>854</v>
       </c>
-      <c r="C553" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D553"/>
       <c r="E553" t="s">
-        <v>854</v>
-[...1 lines deleted...]
-      <c r="F553"/>
+        <v>845</v>
+      </c>
+      <c r="F553" t="s">
+        <v>18</v>
+      </c>
       <c r="G553">
-        <v>409101</v>
-[...9 lines deleted...]
-      </c>
+        <v>40950125</v>
+      </c>
+      <c r="H553"/>
+      <c r="I553"/>
+      <c r="J553"/>
       <c r="K553" t="s">
-        <v>857</v>
+        <v>81</v>
       </c>
       <c r="L553" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="M553">
-        <v>6091099</v>
+        <v>6095073</v>
       </c>
       <c r="N553" t="s">
-        <v>858</v>
+        <v>847</v>
       </c>
       <c r="O553" t="s">
         <v>18</v>
       </c>
       <c r="P553">
-        <v>8091041</v>
+        <v>8095020</v>
       </c>
     </row>
     <row r="554" spans="1:16">
       <c r="A554">
         <v>553</v>
       </c>
       <c r="B554" t="s">
-        <v>854</v>
+        <v>843</v>
       </c>
       <c r="C554" t="s">
-        <v>859</v>
-[...3 lines deleted...]
-      </c>
+        <v>855</v>
+      </c>
+      <c r="D554"/>
       <c r="E554" t="s">
-        <v>854</v>
-[...1 lines deleted...]
-      <c r="F554"/>
+        <v>845</v>
+      </c>
+      <c r="F554" t="s">
+        <v>18</v>
+      </c>
       <c r="G554">
-        <v>409101</v>
-[...9 lines deleted...]
-      </c>
+        <v>40950125</v>
+      </c>
+      <c r="H554"/>
+      <c r="I554"/>
+      <c r="J554"/>
       <c r="K554" t="s">
-        <v>857</v>
+        <v>81</v>
       </c>
       <c r="L554" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="M554">
-        <v>6091099</v>
+        <v>6095073</v>
       </c>
       <c r="N554" t="s">
-        <v>858</v>
+        <v>847</v>
       </c>
       <c r="O554" t="s">
         <v>18</v>
       </c>
       <c r="P554">
-        <v>8091041</v>
+        <v>8095020</v>
       </c>
     </row>
     <row r="555" spans="1:16">
       <c r="A555">
         <v>554</v>
       </c>
       <c r="B555" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="C555" t="s">
-        <v>860</v>
+        <v>857</v>
       </c>
       <c r="D555">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="E555" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="F555"/>
       <c r="G555">
         <v>409101</v>
       </c>
       <c r="H555" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="I555" t="s">
         <v>91</v>
       </c>
       <c r="J555">
         <v>5091059</v>
       </c>
       <c r="K555" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="L555" t="s">
         <v>56</v>
       </c>
       <c r="M555">
         <v>6091099</v>
       </c>
       <c r="N555" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="O555" t="s">
         <v>18</v>
       </c>
       <c r="P555">
         <v>8091041</v>
       </c>
     </row>
     <row r="556" spans="1:16">
       <c r="A556">
         <v>555</v>
       </c>
       <c r="B556" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="C556" t="s">
         <v>861</v>
       </c>
       <c r="D556">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="E556" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="F556"/>
       <c r="G556">
         <v>409101</v>
       </c>
       <c r="H556" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="I556" t="s">
         <v>91</v>
       </c>
       <c r="J556">
         <v>5091059</v>
       </c>
       <c r="K556" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="L556" t="s">
         <v>56</v>
       </c>
       <c r="M556">
         <v>6091099</v>
       </c>
       <c r="N556" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="O556" t="s">
         <v>18</v>
       </c>
       <c r="P556">
         <v>8091041</v>
       </c>
     </row>
     <row r="557" spans="1:16">
       <c r="A557">
         <v>556</v>
       </c>
       <c r="B557" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="C557" t="s">
         <v>862</v>
       </c>
       <c r="D557">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="E557" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="F557"/>
       <c r="G557">
         <v>409101</v>
       </c>
       <c r="H557" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="I557" t="s">
         <v>91</v>
       </c>
       <c r="J557">
         <v>5091059</v>
       </c>
       <c r="K557" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="L557" t="s">
         <v>56</v>
       </c>
       <c r="M557">
         <v>6091099</v>
       </c>
       <c r="N557" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="O557" t="s">
         <v>18</v>
       </c>
       <c r="P557">
         <v>8091041</v>
       </c>
     </row>
     <row r="558" spans="1:16">
       <c r="A558">
         <v>557</v>
       </c>
       <c r="B558" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="C558" t="s">
         <v>863</v>
       </c>
       <c r="D558">
-        <v>495</v>
+        <v>493</v>
       </c>
       <c r="E558" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="F558"/>
       <c r="G558">
         <v>409101</v>
       </c>
       <c r="H558" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="I558" t="s">
         <v>91</v>
       </c>
       <c r="J558">
         <v>5091059</v>
       </c>
       <c r="K558" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="L558" t="s">
         <v>56</v>
       </c>
       <c r="M558">
         <v>6091099</v>
       </c>
       <c r="N558" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="O558" t="s">
         <v>18</v>
       </c>
       <c r="P558">
         <v>8091041</v>
       </c>
     </row>
     <row r="559" spans="1:16">
       <c r="A559">
         <v>558</v>
       </c>
       <c r="B559" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="C559" t="s">
         <v>864</v>
       </c>
       <c r="D559">
-        <v>496</v>
+        <v>494</v>
       </c>
       <c r="E559" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="F559"/>
       <c r="G559">
         <v>409101</v>
       </c>
       <c r="H559" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="I559" t="s">
         <v>91</v>
       </c>
       <c r="J559">
         <v>5091059</v>
       </c>
       <c r="K559" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="L559" t="s">
         <v>56</v>
       </c>
       <c r="M559">
         <v>6091099</v>
       </c>
       <c r="N559" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="O559" t="s">
         <v>18</v>
       </c>
       <c r="P559">
         <v>8091041</v>
       </c>
     </row>
     <row r="560" spans="1:16">
       <c r="A560">
         <v>559</v>
       </c>
       <c r="B560" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="C560" t="s">
         <v>865</v>
       </c>
       <c r="D560">
-        <v>497</v>
+        <v>495</v>
       </c>
       <c r="E560" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="F560"/>
       <c r="G560">
         <v>409101</v>
       </c>
       <c r="H560" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="I560" t="s">
         <v>91</v>
       </c>
       <c r="J560">
         <v>5091059</v>
       </c>
       <c r="K560" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="L560" t="s">
         <v>56</v>
       </c>
       <c r="M560">
         <v>6091099</v>
       </c>
       <c r="N560" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="O560" t="s">
         <v>18</v>
       </c>
       <c r="P560">
         <v>8091041</v>
       </c>
     </row>
     <row r="561" spans="1:16">
       <c r="A561">
         <v>560</v>
       </c>
       <c r="B561" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="C561" t="s">
         <v>866</v>
       </c>
       <c r="D561">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="E561" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="F561"/>
       <c r="G561">
         <v>409101</v>
       </c>
       <c r="H561" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="I561" t="s">
         <v>91</v>
       </c>
       <c r="J561">
         <v>5091059</v>
       </c>
       <c r="K561" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="L561" t="s">
         <v>56</v>
       </c>
       <c r="M561">
         <v>6091099</v>
       </c>
       <c r="N561" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="O561" t="s">
         <v>18</v>
       </c>
       <c r="P561">
         <v>8091041</v>
       </c>
     </row>
     <row r="562" spans="1:16">
       <c r="A562">
         <v>561</v>
       </c>
       <c r="B562" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="C562" t="s">
         <v>867</v>
       </c>
       <c r="D562">
-        <v>499</v>
+        <v>497</v>
       </c>
       <c r="E562" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="F562"/>
       <c r="G562">
         <v>409101</v>
       </c>
       <c r="H562" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="I562" t="s">
         <v>91</v>
       </c>
       <c r="J562">
         <v>5091059</v>
       </c>
       <c r="K562" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="L562" t="s">
         <v>56</v>
       </c>
       <c r="M562">
         <v>6091099</v>
       </c>
       <c r="N562" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="O562" t="s">
         <v>18</v>
       </c>
       <c r="P562">
         <v>8091041</v>
       </c>
     </row>
     <row r="563" spans="1:16">
       <c r="A563">
         <v>562</v>
       </c>
       <c r="B563" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="C563" t="s">
         <v>868</v>
       </c>
       <c r="D563">
-        <v>500</v>
+        <v>498</v>
       </c>
       <c r="E563" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="F563"/>
       <c r="G563">
         <v>409101</v>
       </c>
       <c r="H563" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="I563" t="s">
         <v>91</v>
       </c>
       <c r="J563">
         <v>5091059</v>
       </c>
       <c r="K563" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="L563" t="s">
         <v>56</v>
       </c>
       <c r="M563">
         <v>6091099</v>
       </c>
       <c r="N563" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="O563" t="s">
         <v>18</v>
       </c>
       <c r="P563">
         <v>8091041</v>
       </c>
     </row>
     <row r="564" spans="1:16">
       <c r="A564">
         <v>563</v>
       </c>
       <c r="B564" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="C564" t="s">
         <v>869</v>
       </c>
       <c r="D564">
-        <v>501</v>
+        <v>499</v>
       </c>
       <c r="E564" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="F564"/>
       <c r="G564">
         <v>409101</v>
       </c>
       <c r="H564" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="I564" t="s">
         <v>91</v>
       </c>
       <c r="J564">
         <v>5091059</v>
       </c>
       <c r="K564" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="L564" t="s">
         <v>56</v>
       </c>
       <c r="M564">
         <v>6091099</v>
       </c>
       <c r="N564" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="O564" t="s">
         <v>18</v>
       </c>
       <c r="P564">
         <v>8091041</v>
       </c>
     </row>
     <row r="565" spans="1:16">
       <c r="A565">
         <v>564</v>
       </c>
       <c r="B565" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="C565" t="s">
         <v>870</v>
       </c>
       <c r="D565">
-        <v>502</v>
+        <v>500</v>
       </c>
       <c r="E565" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="F565"/>
       <c r="G565">
         <v>409101</v>
       </c>
       <c r="H565" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="I565" t="s">
         <v>91</v>
       </c>
       <c r="J565">
         <v>5091059</v>
       </c>
       <c r="K565" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="L565" t="s">
         <v>56</v>
       </c>
       <c r="M565">
         <v>6091099</v>
       </c>
       <c r="N565" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="O565" t="s">
         <v>18</v>
       </c>
       <c r="P565">
         <v>8091041</v>
       </c>
     </row>
     <row r="566" spans="1:16">
       <c r="A566">
         <v>565</v>
       </c>
       <c r="B566" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="C566" t="s">
-        <v>557</v>
+        <v>871</v>
       </c>
       <c r="D566">
-        <v>503</v>
+        <v>501</v>
       </c>
       <c r="E566" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="F566"/>
       <c r="G566">
         <v>409101</v>
       </c>
       <c r="H566" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="I566" t="s">
         <v>91</v>
       </c>
       <c r="J566">
         <v>5091059</v>
       </c>
       <c r="K566" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="L566" t="s">
         <v>56</v>
       </c>
       <c r="M566">
         <v>6091099</v>
       </c>
       <c r="N566" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="O566" t="s">
         <v>18</v>
       </c>
       <c r="P566">
         <v>8091041</v>
       </c>
     </row>
     <row r="567" spans="1:16">
       <c r="A567">
         <v>566</v>
       </c>
       <c r="B567" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="C567" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="D567">
-        <v>504</v>
+        <v>502</v>
       </c>
       <c r="E567" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="F567"/>
       <c r="G567">
         <v>409101</v>
       </c>
       <c r="H567" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="I567" t="s">
         <v>91</v>
       </c>
       <c r="J567">
         <v>5091059</v>
       </c>
       <c r="K567" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="L567" t="s">
         <v>56</v>
       </c>
       <c r="M567">
         <v>6091099</v>
       </c>
       <c r="N567" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="O567" t="s">
         <v>18</v>
       </c>
       <c r="P567">
         <v>8091041</v>
       </c>
     </row>
     <row r="568" spans="1:16">
       <c r="A568">
         <v>567</v>
       </c>
       <c r="B568" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="C568" t="s">
-        <v>872</v>
+        <v>557</v>
       </c>
       <c r="D568">
-        <v>505</v>
+        <v>503</v>
       </c>
       <c r="E568" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="F568"/>
       <c r="G568">
         <v>409101</v>
       </c>
       <c r="H568" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="I568" t="s">
         <v>91</v>
       </c>
       <c r="J568">
         <v>5091059</v>
       </c>
       <c r="K568" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="L568" t="s">
         <v>56</v>
       </c>
       <c r="M568">
         <v>6091099</v>
       </c>
       <c r="N568" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="O568" t="s">
         <v>18</v>
       </c>
       <c r="P568">
         <v>8091041</v>
       </c>
     </row>
     <row r="569" spans="1:16">
       <c r="A569">
         <v>568</v>
       </c>
       <c r="B569" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="C569" t="s">
         <v>873</v>
       </c>
       <c r="D569">
-        <v>506</v>
+        <v>504</v>
       </c>
       <c r="E569" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="F569"/>
       <c r="G569">
         <v>409101</v>
       </c>
       <c r="H569" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="I569" t="s">
         <v>91</v>
       </c>
       <c r="J569">
         <v>5091059</v>
       </c>
       <c r="K569" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="L569" t="s">
         <v>56</v>
       </c>
       <c r="M569">
         <v>6091099</v>
       </c>
       <c r="N569" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="O569" t="s">
         <v>18</v>
       </c>
       <c r="P569">
         <v>8091041</v>
       </c>
     </row>
     <row r="570" spans="1:16">
       <c r="A570">
         <v>569</v>
       </c>
       <c r="B570" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="C570" t="s">
         <v>874</v>
       </c>
       <c r="D570">
-        <v>507</v>
+        <v>505</v>
       </c>
       <c r="E570" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="F570"/>
       <c r="G570">
         <v>409101</v>
       </c>
       <c r="H570" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="I570" t="s">
         <v>91</v>
       </c>
       <c r="J570">
         <v>5091059</v>
       </c>
       <c r="K570" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="L570" t="s">
         <v>56</v>
       </c>
       <c r="M570">
         <v>6091099</v>
       </c>
       <c r="N570" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="O570" t="s">
         <v>18</v>
       </c>
       <c r="P570">
         <v>8091041</v>
       </c>
     </row>
     <row r="571" spans="1:16">
       <c r="A571">
         <v>570</v>
       </c>
       <c r="B571" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="C571" t="s">
         <v>875</v>
       </c>
       <c r="D571">
-        <v>508</v>
+        <v>506</v>
       </c>
       <c r="E571" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="F571"/>
       <c r="G571">
         <v>409101</v>
       </c>
       <c r="H571" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="I571" t="s">
         <v>91</v>
       </c>
       <c r="J571">
         <v>5091059</v>
       </c>
       <c r="K571" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="L571" t="s">
         <v>56</v>
       </c>
       <c r="M571">
         <v>6091099</v>
       </c>
       <c r="N571" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="O571" t="s">
         <v>18</v>
       </c>
       <c r="P571">
         <v>8091041</v>
       </c>
     </row>
     <row r="572" spans="1:16">
       <c r="A572">
         <v>571</v>
       </c>
       <c r="B572" t="s">
+        <v>856</v>
+      </c>
+      <c r="C572" t="s">
         <v>876</v>
       </c>
-      <c r="C572" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D572">
-        <v>437</v>
+        <v>507</v>
       </c>
       <c r="E572" t="s">
-        <v>705</v>
-[...3 lines deleted...]
-      </c>
+        <v>856</v>
+      </c>
+      <c r="F572"/>
       <c r="G572">
-        <v>4097474</v>
+        <v>409101</v>
       </c>
       <c r="H572" t="s">
-        <v>878</v>
-[...1 lines deleted...]
-      <c r="I572"/>
+        <v>858</v>
+      </c>
+      <c r="I572" t="s">
+        <v>91</v>
+      </c>
       <c r="J572">
-        <v>50974056</v>
+        <v>5091059</v>
       </c>
       <c r="K572" t="s">
-        <v>705</v>
+        <v>859</v>
       </c>
       <c r="L572" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="M572">
-        <v>60974095</v>
+        <v>6091099</v>
       </c>
       <c r="N572" t="s">
-        <v>879</v>
+        <v>860</v>
       </c>
       <c r="O572" t="s">
         <v>18</v>
       </c>
       <c r="P572">
-        <v>80974036</v>
+        <v>8091041</v>
       </c>
     </row>
     <row r="573" spans="1:16">
       <c r="A573">
         <v>572</v>
       </c>
       <c r="B573" t="s">
-        <v>876</v>
+        <v>856</v>
       </c>
       <c r="C573" t="s">
-        <v>880</v>
+        <v>877</v>
       </c>
       <c r="D573">
-        <v>438</v>
+        <v>508</v>
       </c>
       <c r="E573" t="s">
-        <v>705</v>
-[...3 lines deleted...]
-      </c>
+        <v>856</v>
+      </c>
+      <c r="F573"/>
       <c r="G573">
-        <v>4097474</v>
+        <v>409101</v>
       </c>
       <c r="H573" t="s">
-        <v>878</v>
-[...1 lines deleted...]
-      <c r="I573"/>
+        <v>858</v>
+      </c>
+      <c r="I573" t="s">
+        <v>91</v>
+      </c>
       <c r="J573">
-        <v>50974056</v>
+        <v>5091059</v>
       </c>
       <c r="K573" t="s">
-        <v>705</v>
+        <v>859</v>
       </c>
       <c r="L573" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="M573">
-        <v>60974095</v>
+        <v>6091099</v>
       </c>
       <c r="N573" t="s">
-        <v>879</v>
+        <v>860</v>
       </c>
       <c r="O573" t="s">
         <v>18</v>
       </c>
       <c r="P573">
-        <v>80974036</v>
+        <v>8091041</v>
       </c>
     </row>
     <row r="574" spans="1:16">
       <c r="A574">
         <v>573</v>
       </c>
       <c r="B574" t="s">
-        <v>876</v>
+        <v>878</v>
       </c>
       <c r="C574" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="D574">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="E574" t="s">
-        <v>882</v>
+        <v>705</v>
       </c>
       <c r="F574" t="s">
         <v>56</v>
       </c>
       <c r="G574">
-        <v>409740132</v>
+        <v>4097474</v>
       </c>
       <c r="H574" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="I574"/>
       <c r="J574">
         <v>50974056</v>
       </c>
       <c r="K574" t="s">
-        <v>882</v>
+        <v>705</v>
       </c>
       <c r="L574" t="s">
         <v>16</v>
       </c>
       <c r="M574">
-        <v>60974094</v>
+        <v>60974095</v>
       </c>
       <c r="N574" t="s">
-        <v>879</v>
+        <v>881</v>
       </c>
       <c r="O574" t="s">
         <v>18</v>
       </c>
       <c r="P574">
         <v>80974036</v>
       </c>
     </row>
     <row r="575" spans="1:16">
       <c r="A575">
         <v>574</v>
       </c>
       <c r="B575" t="s">
-        <v>876</v>
+        <v>878</v>
       </c>
       <c r="C575" t="s">
-        <v>883</v>
+        <v>882</v>
       </c>
       <c r="D575">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="E575" t="s">
-        <v>882</v>
+        <v>705</v>
       </c>
       <c r="F575" t="s">
         <v>56</v>
       </c>
       <c r="G575">
-        <v>409740132</v>
+        <v>4097474</v>
       </c>
       <c r="H575" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="I575"/>
       <c r="J575">
         <v>50974056</v>
       </c>
       <c r="K575" t="s">
-        <v>882</v>
+        <v>705</v>
       </c>
       <c r="L575" t="s">
         <v>16</v>
       </c>
       <c r="M575">
-        <v>60974094</v>
+        <v>60974095</v>
       </c>
       <c r="N575" t="s">
-        <v>879</v>
+        <v>881</v>
       </c>
       <c r="O575" t="s">
         <v>18</v>
       </c>
       <c r="P575">
         <v>80974036</v>
       </c>
     </row>
     <row r="576" spans="1:16">
       <c r="A576">
         <v>575</v>
       </c>
       <c r="B576" t="s">
-        <v>876</v>
+        <v>878</v>
       </c>
       <c r="C576" t="s">
+        <v>883</v>
+      </c>
+      <c r="D576">
+        <v>439</v>
+      </c>
+      <c r="E576" t="s">
         <v>884</v>
       </c>
-      <c r="D576"/>
-[...2 lines deleted...]
-      </c>
       <c r="F576" t="s">
         <v>56</v>
       </c>
       <c r="G576">
-        <v>4097474</v>
+        <v>409740132</v>
       </c>
       <c r="H576" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="I576"/>
       <c r="J576">
         <v>50974056</v>
       </c>
       <c r="K576" t="s">
-        <v>705</v>
+        <v>884</v>
       </c>
       <c r="L576" t="s">
         <v>16</v>
       </c>
       <c r="M576">
-        <v>60974095</v>
+        <v>60974094</v>
       </c>
       <c r="N576" t="s">
-        <v>879</v>
+        <v>881</v>
       </c>
       <c r="O576" t="s">
         <v>18</v>
       </c>
       <c r="P576">
         <v>80974036</v>
       </c>
     </row>
     <row r="577" spans="1:16">
       <c r="A577">
         <v>576</v>
       </c>
       <c r="B577" t="s">
+        <v>878</v>
+      </c>
+      <c r="C577" t="s">
         <v>885</v>
       </c>
-      <c r="C577" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D577">
-        <v>302</v>
+        <v>440</v>
       </c>
       <c r="E577" t="s">
-        <v>887</v>
+        <v>884</v>
       </c>
       <c r="F577" t="s">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="G577">
-        <v>409550149</v>
+        <v>409740132</v>
       </c>
       <c r="H577" t="s">
-        <v>888</v>
-[...3 lines deleted...]
-      </c>
+        <v>880</v>
+      </c>
+      <c r="I577"/>
       <c r="J577">
-        <v>50955027</v>
+        <v>50974056</v>
       </c>
       <c r="K577" t="s">
-        <v>889</v>
+        <v>884</v>
       </c>
       <c r="L577" t="s">
         <v>16</v>
       </c>
       <c r="M577">
-        <v>60955082</v>
+        <v>60974094</v>
       </c>
       <c r="N577" t="s">
-        <v>887</v>
+        <v>881</v>
       </c>
       <c r="O577" t="s">
         <v>18</v>
       </c>
       <c r="P577">
-        <v>8095505</v>
+        <v>80974036</v>
       </c>
     </row>
     <row r="578" spans="1:16">
       <c r="A578">
         <v>577</v>
       </c>
       <c r="B578" t="s">
-        <v>885</v>
+        <v>878</v>
       </c>
       <c r="C578" t="s">
-        <v>890</v>
-[...3 lines deleted...]
-      </c>
+        <v>886</v>
+      </c>
+      <c r="D578"/>
       <c r="E578" t="s">
-        <v>887</v>
+        <v>705</v>
       </c>
       <c r="F578" t="s">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="G578">
-        <v>409550149</v>
+        <v>4097474</v>
       </c>
       <c r="H578" t="s">
-        <v>888</v>
-[...3 lines deleted...]
-      </c>
+        <v>880</v>
+      </c>
+      <c r="I578"/>
       <c r="J578">
-        <v>50955027</v>
+        <v>50974056</v>
       </c>
       <c r="K578" t="s">
-        <v>889</v>
+        <v>705</v>
       </c>
       <c r="L578" t="s">
         <v>16</v>
       </c>
       <c r="M578">
-        <v>60955082</v>
+        <v>60974095</v>
       </c>
       <c r="N578" t="s">
-        <v>887</v>
+        <v>881</v>
       </c>
       <c r="O578" t="s">
         <v>18</v>
       </c>
       <c r="P578">
-        <v>8095505</v>
+        <v>80974036</v>
       </c>
     </row>
     <row r="579" spans="1:16">
       <c r="A579">
         <v>578</v>
       </c>
       <c r="B579" t="s">
-        <v>891</v>
+        <v>878</v>
       </c>
       <c r="C579" t="s">
-        <v>892</v>
-[...3 lines deleted...]
-      </c>
+        <v>887</v>
+      </c>
+      <c r="D579"/>
       <c r="E579" t="s">
-        <v>893</v>
+        <v>884</v>
       </c>
       <c r="F579" t="s">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="G579">
-        <v>4096767</v>
+        <v>409740132</v>
       </c>
       <c r="H579" t="s">
-        <v>894</v>
-[...3 lines deleted...]
-      </c>
+        <v>880</v>
+      </c>
+      <c r="I579"/>
       <c r="J579">
-        <v>50967037</v>
+        <v>50974056</v>
       </c>
       <c r="K579" t="s">
-        <v>895</v>
+        <v>884</v>
       </c>
       <c r="L579" t="s">
         <v>16</v>
       </c>
       <c r="M579">
-        <v>609670159</v>
+        <v>60974094</v>
       </c>
       <c r="N579" t="s">
-        <v>895</v>
+        <v>881</v>
       </c>
       <c r="O579" t="s">
         <v>18</v>
       </c>
       <c r="P579">
-        <v>80967016</v>
+        <v>80974036</v>
       </c>
     </row>
     <row r="580" spans="1:16">
       <c r="A580">
         <v>579</v>
       </c>
       <c r="B580" t="s">
-        <v>896</v>
+        <v>878</v>
       </c>
       <c r="C580" t="s">
-        <v>897</v>
-[...3 lines deleted...]
-      </c>
+        <v>888</v>
+      </c>
+      <c r="D580"/>
       <c r="E580" t="s">
-        <v>896</v>
-[...1 lines deleted...]
-      <c r="F580"/>
+        <v>884</v>
+      </c>
+      <c r="F580" t="s">
+        <v>56</v>
+      </c>
       <c r="G580">
-        <v>4092121</v>
+        <v>409740132</v>
       </c>
       <c r="H580" t="s">
-        <v>898</v>
-[...3 lines deleted...]
-      </c>
+        <v>880</v>
+      </c>
+      <c r="I580"/>
       <c r="J580">
-        <v>50921074</v>
+        <v>50974056</v>
       </c>
       <c r="K580" t="s">
-        <v>899</v>
+        <v>884</v>
       </c>
       <c r="L580" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="M580">
-        <v>609210120</v>
+        <v>60974094</v>
       </c>
       <c r="N580" t="s">
-        <v>900</v>
+        <v>881</v>
       </c>
       <c r="O580" t="s">
         <v>18</v>
       </c>
       <c r="P580">
-        <v>80921058</v>
+        <v>80974036</v>
       </c>
     </row>
     <row r="581" spans="1:16">
       <c r="A581">
         <v>580</v>
       </c>
       <c r="B581" t="s">
-        <v>896</v>
+        <v>878</v>
       </c>
       <c r="C581" t="s">
-        <v>901</v>
-[...3 lines deleted...]
-      </c>
+        <v>889</v>
+      </c>
+      <c r="D581"/>
       <c r="E581" t="s">
-        <v>896</v>
-[...1 lines deleted...]
-      <c r="F581"/>
+        <v>884</v>
+      </c>
+      <c r="F581" t="s">
+        <v>56</v>
+      </c>
       <c r="G581">
-        <v>4092121</v>
+        <v>409740132</v>
       </c>
       <c r="H581" t="s">
-        <v>898</v>
-[...3 lines deleted...]
-      </c>
+        <v>880</v>
+      </c>
+      <c r="I581"/>
       <c r="J581">
-        <v>50921074</v>
+        <v>50974056</v>
       </c>
       <c r="K581" t="s">
-        <v>899</v>
+        <v>884</v>
       </c>
       <c r="L581" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="M581">
-        <v>609210120</v>
+        <v>60974094</v>
       </c>
       <c r="N581" t="s">
-        <v>900</v>
+        <v>881</v>
       </c>
       <c r="O581" t="s">
         <v>18</v>
       </c>
       <c r="P581">
-        <v>80921058</v>
+        <v>80974036</v>
       </c>
     </row>
     <row r="582" spans="1:16">
       <c r="A582">
         <v>581</v>
       </c>
       <c r="B582" t="s">
-        <v>896</v>
+        <v>878</v>
       </c>
       <c r="C582" t="s">
-        <v>902</v>
-[...3 lines deleted...]
-      </c>
+        <v>890</v>
+      </c>
+      <c r="D582"/>
       <c r="E582" t="s">
-        <v>896</v>
-[...1 lines deleted...]
-      <c r="F582"/>
+        <v>884</v>
+      </c>
+      <c r="F582" t="s">
+        <v>56</v>
+      </c>
       <c r="G582">
-        <v>4092121</v>
+        <v>409740132</v>
       </c>
       <c r="H582" t="s">
-        <v>898</v>
-[...3 lines deleted...]
-      </c>
+        <v>880</v>
+      </c>
+      <c r="I582"/>
       <c r="J582">
-        <v>50921074</v>
+        <v>50974056</v>
       </c>
       <c r="K582" t="s">
-        <v>899</v>
+        <v>884</v>
       </c>
       <c r="L582" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="M582">
-        <v>609210120</v>
+        <v>60974094</v>
       </c>
       <c r="N582" t="s">
-        <v>900</v>
+        <v>881</v>
       </c>
       <c r="O582" t="s">
         <v>18</v>
       </c>
       <c r="P582">
-        <v>80921058</v>
+        <v>80974036</v>
       </c>
     </row>
     <row r="583" spans="1:16">
       <c r="A583">
         <v>582</v>
       </c>
       <c r="B583" t="s">
-        <v>896</v>
+        <v>891</v>
       </c>
       <c r="C583" t="s">
-        <v>903</v>
+        <v>892</v>
       </c>
       <c r="D583">
-        <v>295</v>
+        <v>302</v>
       </c>
       <c r="E583" t="s">
-        <v>896</v>
-[...1 lines deleted...]
-      <c r="F583"/>
+        <v>893</v>
+      </c>
+      <c r="F583" t="s">
+        <v>18</v>
+      </c>
       <c r="G583">
-        <v>4092121</v>
+        <v>409550149</v>
       </c>
       <c r="H583" t="s">
-        <v>898</v>
+        <v>894</v>
       </c>
       <c r="I583" t="s">
         <v>91</v>
       </c>
       <c r="J583">
-        <v>50921074</v>
+        <v>50955027</v>
       </c>
       <c r="K583" t="s">
-        <v>899</v>
+        <v>895</v>
       </c>
       <c r="L583" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="M583">
-        <v>609210120</v>
+        <v>60955082</v>
       </c>
       <c r="N583" t="s">
-        <v>900</v>
+        <v>893</v>
       </c>
       <c r="O583" t="s">
         <v>18</v>
       </c>
       <c r="P583">
-        <v>80921058</v>
+        <v>8095505</v>
       </c>
     </row>
     <row r="584" spans="1:16">
       <c r="A584">
         <v>583</v>
       </c>
       <c r="B584" t="s">
+        <v>891</v>
+      </c>
+      <c r="C584" t="s">
         <v>896</v>
       </c>
-      <c r="C584" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D584">
-        <v>296</v>
+        <v>303</v>
       </c>
       <c r="E584" t="s">
-        <v>896</v>
-[...1 lines deleted...]
-      <c r="F584"/>
+        <v>893</v>
+      </c>
+      <c r="F584" t="s">
+        <v>18</v>
+      </c>
       <c r="G584">
-        <v>4092121</v>
+        <v>409550149</v>
       </c>
       <c r="H584" t="s">
-        <v>898</v>
+        <v>894</v>
       </c>
       <c r="I584" t="s">
         <v>91</v>
       </c>
       <c r="J584">
-        <v>50921074</v>
+        <v>50955027</v>
       </c>
       <c r="K584" t="s">
-        <v>899</v>
+        <v>895</v>
       </c>
       <c r="L584" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="M584">
-        <v>609210120</v>
+        <v>60955082</v>
       </c>
       <c r="N584" t="s">
-        <v>900</v>
+        <v>893</v>
       </c>
       <c r="O584" t="s">
         <v>18</v>
       </c>
       <c r="P584">
-        <v>80921058</v>
+        <v>8095505</v>
       </c>
     </row>
     <row r="585" spans="1:16">
       <c r="A585">
         <v>584</v>
       </c>
       <c r="B585" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="C585" t="s">
-        <v>905</v>
+        <v>898</v>
       </c>
       <c r="D585">
-        <v>297</v>
+        <v>429</v>
       </c>
       <c r="E585" t="s">
-        <v>896</v>
-[...1 lines deleted...]
-      <c r="F585"/>
+        <v>899</v>
+      </c>
+      <c r="F585" t="s">
+        <v>18</v>
+      </c>
       <c r="G585">
-        <v>4092121</v>
+        <v>4096767</v>
       </c>
       <c r="H585" t="s">
-        <v>898</v>
+        <v>900</v>
       </c>
       <c r="I585" t="s">
         <v>91</v>
       </c>
       <c r="J585">
-        <v>50921074</v>
+        <v>50967037</v>
       </c>
       <c r="K585" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
       <c r="L585" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="M585">
-        <v>609210120</v>
+        <v>609670159</v>
       </c>
       <c r="N585" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="O585" t="s">
         <v>18</v>
       </c>
       <c r="P585">
-        <v>80921058</v>
+        <v>80967016</v>
       </c>
     </row>
     <row r="586" spans="1:16">
       <c r="A586">
         <v>585</v>
       </c>
       <c r="B586" t="s">
-        <v>896</v>
+        <v>902</v>
       </c>
       <c r="C586" t="s">
-        <v>906</v>
+        <v>903</v>
       </c>
       <c r="D586">
-        <v>298</v>
+        <v>292</v>
       </c>
       <c r="E586" t="s">
-        <v>896</v>
+        <v>902</v>
       </c>
       <c r="F586"/>
       <c r="G586">
         <v>4092121</v>
       </c>
       <c r="H586" t="s">
-        <v>898</v>
+        <v>904</v>
       </c>
       <c r="I586" t="s">
         <v>91</v>
       </c>
       <c r="J586">
         <v>50921074</v>
       </c>
       <c r="K586" t="s">
-        <v>899</v>
+        <v>905</v>
       </c>
       <c r="L586" t="s">
         <v>56</v>
       </c>
       <c r="M586">
         <v>609210120</v>
       </c>
       <c r="N586" t="s">
-        <v>900</v>
+        <v>906</v>
       </c>
       <c r="O586" t="s">
         <v>18</v>
       </c>
       <c r="P586">
         <v>80921058</v>
       </c>
     </row>
     <row r="587" spans="1:16">
       <c r="A587">
         <v>586</v>
       </c>
       <c r="B587" t="s">
-        <v>896</v>
+        <v>902</v>
       </c>
       <c r="C587" t="s">
         <v>907</v>
       </c>
       <c r="D587">
-        <v>299</v>
+        <v>293</v>
       </c>
       <c r="E587" t="s">
-        <v>896</v>
+        <v>902</v>
       </c>
       <c r="F587"/>
       <c r="G587">
         <v>4092121</v>
       </c>
       <c r="H587" t="s">
-        <v>898</v>
+        <v>904</v>
       </c>
       <c r="I587" t="s">
         <v>91</v>
       </c>
       <c r="J587">
         <v>50921074</v>
       </c>
       <c r="K587" t="s">
-        <v>899</v>
+        <v>905</v>
       </c>
       <c r="L587" t="s">
         <v>56</v>
       </c>
       <c r="M587">
         <v>609210120</v>
       </c>
       <c r="N587" t="s">
-        <v>900</v>
+        <v>906</v>
       </c>
       <c r="O587" t="s">
         <v>18</v>
       </c>
       <c r="P587">
         <v>80921058</v>
       </c>
     </row>
     <row r="588" spans="1:16">
       <c r="A588">
         <v>587</v>
       </c>
       <c r="B588" t="s">
-        <v>896</v>
+        <v>902</v>
       </c>
       <c r="C588" t="s">
         <v>908</v>
       </c>
       <c r="D588">
-        <v>300</v>
+        <v>294</v>
       </c>
       <c r="E588" t="s">
-        <v>896</v>
+        <v>902</v>
       </c>
       <c r="F588"/>
       <c r="G588">
         <v>4092121</v>
       </c>
       <c r="H588" t="s">
-        <v>898</v>
+        <v>904</v>
       </c>
       <c r="I588" t="s">
         <v>91</v>
       </c>
       <c r="J588">
         <v>50921074</v>
       </c>
       <c r="K588" t="s">
-        <v>899</v>
+        <v>905</v>
       </c>
       <c r="L588" t="s">
         <v>56</v>
       </c>
       <c r="M588">
         <v>609210120</v>
       </c>
       <c r="N588" t="s">
-        <v>900</v>
+        <v>906</v>
       </c>
       <c r="O588" t="s">
         <v>18</v>
       </c>
       <c r="P588">
         <v>80921058</v>
       </c>
     </row>
     <row r="589" spans="1:16">
       <c r="A589">
         <v>588</v>
       </c>
       <c r="B589" t="s">
-        <v>896</v>
+        <v>902</v>
       </c>
       <c r="C589" t="s">
         <v>909</v>
       </c>
       <c r="D589">
-        <v>301</v>
+        <v>295</v>
       </c>
       <c r="E589" t="s">
-        <v>896</v>
+        <v>902</v>
       </c>
       <c r="F589"/>
       <c r="G589">
         <v>4092121</v>
       </c>
       <c r="H589" t="s">
-        <v>898</v>
+        <v>904</v>
       </c>
       <c r="I589" t="s">
         <v>91</v>
       </c>
       <c r="J589">
         <v>50921074</v>
       </c>
       <c r="K589" t="s">
-        <v>899</v>
+        <v>905</v>
       </c>
       <c r="L589" t="s">
         <v>56</v>
       </c>
       <c r="M589">
         <v>609210120</v>
       </c>
       <c r="N589" t="s">
-        <v>900</v>
+        <v>906</v>
       </c>
       <c r="O589" t="s">
         <v>18</v>
       </c>
       <c r="P589">
         <v>80921058</v>
       </c>
     </row>
     <row r="590" spans="1:16">
       <c r="A590">
         <v>589</v>
       </c>
       <c r="B590" t="s">
-        <v>896</v>
+        <v>902</v>
       </c>
       <c r="C590" t="s">
         <v>910</v>
       </c>
-      <c r="D590"/>
+      <c r="D590">
+        <v>296</v>
+      </c>
       <c r="E590" t="s">
-        <v>896</v>
+        <v>902</v>
       </c>
       <c r="F590"/>
       <c r="G590">
         <v>4092121</v>
       </c>
       <c r="H590" t="s">
-        <v>898</v>
+        <v>904</v>
       </c>
       <c r="I590" t="s">
         <v>91</v>
       </c>
       <c r="J590">
         <v>50921074</v>
       </c>
       <c r="K590" t="s">
-        <v>899</v>
+        <v>905</v>
       </c>
       <c r="L590" t="s">
         <v>56</v>
       </c>
       <c r="M590">
         <v>609210120</v>
       </c>
       <c r="N590" t="s">
-        <v>900</v>
+        <v>906</v>
       </c>
       <c r="O590" t="s">
         <v>18</v>
       </c>
       <c r="P590">
         <v>80921058</v>
       </c>
     </row>
     <row r="591" spans="1:16">
       <c r="A591">
         <v>590</v>
       </c>
       <c r="B591" t="s">
+        <v>902</v>
+      </c>
+      <c r="C591" t="s">
         <v>911</v>
       </c>
-      <c r="C591" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D591">
-        <v>509</v>
+        <v>297</v>
       </c>
       <c r="E591" t="s">
-        <v>911</v>
+        <v>902</v>
       </c>
       <c r="F591"/>
       <c r="G591">
-        <v>4097373</v>
+        <v>4092121</v>
       </c>
       <c r="H591" t="s">
-        <v>913</v>
+        <v>904</v>
       </c>
       <c r="I591" t="s">
         <v>91</v>
       </c>
       <c r="J591">
-        <v>50973089</v>
+        <v>50921074</v>
       </c>
       <c r="K591" t="s">
-        <v>914</v>
+        <v>905</v>
       </c>
       <c r="L591" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="M591">
-        <v>609730154</v>
+        <v>609210120</v>
       </c>
       <c r="N591" t="s">
-        <v>915</v>
+        <v>906</v>
       </c>
       <c r="O591" t="s">
         <v>18</v>
       </c>
       <c r="P591">
-        <v>80973075</v>
+        <v>80921058</v>
       </c>
     </row>
     <row r="592" spans="1:16">
       <c r="A592">
         <v>591</v>
       </c>
       <c r="B592" t="s">
-        <v>911</v>
+        <v>902</v>
       </c>
       <c r="C592" t="s">
-        <v>916</v>
+        <v>912</v>
       </c>
       <c r="D592">
-        <v>510</v>
+        <v>298</v>
       </c>
       <c r="E592" t="s">
-        <v>911</v>
+        <v>902</v>
       </c>
       <c r="F592"/>
       <c r="G592">
-        <v>4097373</v>
+        <v>4092121</v>
       </c>
       <c r="H592" t="s">
-        <v>913</v>
+        <v>904</v>
       </c>
       <c r="I592" t="s">
         <v>91</v>
       </c>
       <c r="J592">
-        <v>50973089</v>
+        <v>50921074</v>
       </c>
       <c r="K592" t="s">
-        <v>914</v>
+        <v>905</v>
       </c>
       <c r="L592" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="M592">
-        <v>609730154</v>
+        <v>609210120</v>
       </c>
       <c r="N592" t="s">
-        <v>915</v>
+        <v>906</v>
       </c>
       <c r="O592" t="s">
         <v>18</v>
       </c>
       <c r="P592">
-        <v>80973075</v>
+        <v>80921058</v>
       </c>
     </row>
     <row r="593" spans="1:16">
       <c r="A593">
         <v>592</v>
       </c>
       <c r="B593" t="s">
-        <v>911</v>
+        <v>902</v>
       </c>
       <c r="C593" t="s">
-        <v>917</v>
+        <v>913</v>
       </c>
       <c r="D593">
-        <v>511</v>
+        <v>299</v>
       </c>
       <c r="E593" t="s">
-        <v>911</v>
+        <v>902</v>
       </c>
       <c r="F593"/>
       <c r="G593">
-        <v>4097373</v>
+        <v>4092121</v>
       </c>
       <c r="H593" t="s">
-        <v>913</v>
+        <v>904</v>
       </c>
       <c r="I593" t="s">
         <v>91</v>
       </c>
       <c r="J593">
-        <v>50973089</v>
+        <v>50921074</v>
       </c>
       <c r="K593" t="s">
-        <v>914</v>
+        <v>905</v>
       </c>
       <c r="L593" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="M593">
-        <v>609730154</v>
+        <v>609210120</v>
       </c>
       <c r="N593" t="s">
-        <v>915</v>
+        <v>906</v>
       </c>
       <c r="O593" t="s">
         <v>18</v>
       </c>
       <c r="P593">
-        <v>80973075</v>
+        <v>80921058</v>
       </c>
     </row>
     <row r="594" spans="1:16">
       <c r="A594">
         <v>593</v>
       </c>
       <c r="B594" t="s">
-        <v>918</v>
+        <v>902</v>
       </c>
       <c r="C594" t="s">
-        <v>919</v>
-[...1 lines deleted...]
-      <c r="D594"/>
+        <v>914</v>
+      </c>
+      <c r="D594">
+        <v>300</v>
+      </c>
       <c r="E594" t="s">
-        <v>918</v>
+        <v>902</v>
       </c>
       <c r="F594"/>
       <c r="G594">
-        <v>4095050</v>
+        <v>4092121</v>
       </c>
       <c r="H594" t="s">
-        <v>91</v>
+        <v>904</v>
       </c>
       <c r="I594" t="s">
         <v>91</v>
       </c>
       <c r="J594">
-        <v>50950090</v>
+        <v>50921074</v>
       </c>
       <c r="K594" t="s">
-        <v>56</v>
+        <v>905</v>
       </c>
       <c r="L594" t="s">
         <v>56</v>
       </c>
       <c r="M594">
-        <v>609500156</v>
+        <v>609210120</v>
       </c>
       <c r="N594" t="s">
-        <v>18</v>
+        <v>906</v>
       </c>
       <c r="O594" t="s">
         <v>18</v>
       </c>
       <c r="P594">
-        <v>80950076</v>
+        <v>80921058</v>
       </c>
     </row>
     <row r="595" spans="1:16">
       <c r="A595">
         <v>594</v>
       </c>
       <c r="B595" t="s">
-        <v>920</v>
+        <v>902</v>
       </c>
       <c r="C595" t="s">
-        <v>921</v>
+        <v>915</v>
       </c>
       <c r="D595">
-        <v>304</v>
+        <v>301</v>
       </c>
       <c r="E595" t="s">
-        <v>922</v>
-[...3 lines deleted...]
-      </c>
+        <v>902</v>
+      </c>
+      <c r="F595"/>
       <c r="G595">
-        <v>409530151</v>
+        <v>4092121</v>
       </c>
       <c r="H595" t="s">
-        <v>923</v>
+        <v>904</v>
       </c>
       <c r="I595" t="s">
         <v>91</v>
       </c>
       <c r="J595">
-        <v>50953084</v>
+        <v>50921074</v>
       </c>
       <c r="K595" t="s">
-        <v>924</v>
+        <v>905</v>
       </c>
       <c r="L595" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="M595">
-        <v>609530134</v>
+        <v>609210120</v>
       </c>
       <c r="N595" t="s">
-        <v>925</v>
+        <v>906</v>
       </c>
       <c r="O595" t="s">
         <v>18</v>
       </c>
       <c r="P595">
-        <v>80953060</v>
+        <v>80921058</v>
       </c>
     </row>
     <row r="596" spans="1:16">
       <c r="A596">
         <v>595</v>
       </c>
       <c r="B596" t="s">
-        <v>926</v>
+        <v>902</v>
       </c>
       <c r="C596" t="s">
-        <v>927</v>
-[...3 lines deleted...]
-      </c>
+        <v>916</v>
+      </c>
+      <c r="D596"/>
       <c r="E596" t="s">
-        <v>928</v>
-[...3 lines deleted...]
-      </c>
+        <v>902</v>
+      </c>
+      <c r="F596"/>
       <c r="G596">
-        <v>409230127</v>
+        <v>4092121</v>
       </c>
       <c r="H596" t="s">
-        <v>929</v>
+        <v>904</v>
       </c>
       <c r="I596" t="s">
-        <v>15</v>
+        <v>91</v>
       </c>
       <c r="J596">
-        <v>50923051</v>
+        <v>50921074</v>
       </c>
       <c r="K596" t="s">
-        <v>930</v>
+        <v>905</v>
       </c>
       <c r="L596" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="M596">
-        <v>60923088</v>
+        <v>609210120</v>
       </c>
       <c r="N596" t="s">
-        <v>928</v>
+        <v>906</v>
       </c>
       <c r="O596" t="s">
         <v>18</v>
       </c>
       <c r="P596">
-        <v>80923029</v>
+        <v>80921058</v>
       </c>
     </row>
     <row r="597" spans="1:16">
       <c r="A597">
         <v>596</v>
       </c>
       <c r="B597" t="s">
-        <v>926</v>
+        <v>917</v>
       </c>
       <c r="C597" t="s">
-        <v>931</v>
+        <v>918</v>
       </c>
       <c r="D597">
-        <v>51</v>
+        <v>509</v>
       </c>
       <c r="E597" t="s">
-        <v>928</v>
-[...3 lines deleted...]
-      </c>
+        <v>917</v>
+      </c>
+      <c r="F597"/>
       <c r="G597">
-        <v>409230127</v>
+        <v>4097373</v>
       </c>
       <c r="H597" t="s">
-        <v>929</v>
+        <v>919</v>
       </c>
       <c r="I597" t="s">
-        <v>15</v>
+        <v>91</v>
       </c>
       <c r="J597">
-        <v>50923051</v>
+        <v>50973089</v>
       </c>
       <c r="K597" t="s">
-        <v>930</v>
+        <v>920</v>
       </c>
       <c r="L597" t="s">
         <v>16</v>
       </c>
       <c r="M597">
-        <v>60923088</v>
+        <v>609730154</v>
       </c>
       <c r="N597" t="s">
-        <v>928</v>
+        <v>921</v>
       </c>
       <c r="O597" t="s">
         <v>18</v>
       </c>
       <c r="P597">
-        <v>80923029</v>
+        <v>80973075</v>
       </c>
     </row>
     <row r="598" spans="1:16">
       <c r="A598">
         <v>597</v>
       </c>
       <c r="B598" t="s">
-        <v>926</v>
+        <v>917</v>
       </c>
       <c r="C598" t="s">
-        <v>932</v>
+        <v>922</v>
       </c>
       <c r="D598">
-        <v>52</v>
+        <v>510</v>
       </c>
       <c r="E598" t="s">
-        <v>928</v>
-[...3 lines deleted...]
-      </c>
+        <v>917</v>
+      </c>
+      <c r="F598"/>
       <c r="G598">
-        <v>409230127</v>
+        <v>4097373</v>
       </c>
       <c r="H598" t="s">
-        <v>929</v>
+        <v>919</v>
       </c>
       <c r="I598" t="s">
-        <v>15</v>
+        <v>91</v>
       </c>
       <c r="J598">
-        <v>50923051</v>
+        <v>50973089</v>
       </c>
       <c r="K598" t="s">
-        <v>930</v>
+        <v>920</v>
       </c>
       <c r="L598" t="s">
         <v>16</v>
       </c>
       <c r="M598">
-        <v>60923088</v>
+        <v>609730154</v>
       </c>
       <c r="N598" t="s">
-        <v>928</v>
+        <v>921</v>
       </c>
       <c r="O598" t="s">
         <v>18</v>
       </c>
       <c r="P598">
-        <v>80923029</v>
+        <v>80973075</v>
       </c>
     </row>
     <row r="599" spans="1:16">
       <c r="A599">
         <v>598</v>
       </c>
       <c r="B599" t="s">
-        <v>926</v>
+        <v>917</v>
       </c>
       <c r="C599" t="s">
-        <v>933</v>
+        <v>923</v>
       </c>
       <c r="D599">
-        <v>53</v>
+        <v>511</v>
       </c>
       <c r="E599" t="s">
-        <v>928</v>
-[...3 lines deleted...]
-      </c>
+        <v>917</v>
+      </c>
+      <c r="F599"/>
       <c r="G599">
-        <v>409230127</v>
+        <v>4097373</v>
       </c>
       <c r="H599" t="s">
-        <v>929</v>
+        <v>919</v>
       </c>
       <c r="I599" t="s">
-        <v>15</v>
+        <v>91</v>
       </c>
       <c r="J599">
-        <v>50923051</v>
+        <v>50973089</v>
       </c>
       <c r="K599" t="s">
-        <v>930</v>
+        <v>920</v>
       </c>
       <c r="L599" t="s">
         <v>16</v>
       </c>
       <c r="M599">
-        <v>60923088</v>
+        <v>609730154</v>
       </c>
       <c r="N599" t="s">
-        <v>928</v>
+        <v>921</v>
       </c>
       <c r="O599" t="s">
         <v>18</v>
       </c>
       <c r="P599">
-        <v>80923029</v>
+        <v>80973075</v>
       </c>
     </row>
     <row r="600" spans="1:16">
       <c r="A600">
         <v>599</v>
       </c>
       <c r="B600" t="s">
-        <v>926</v>
+        <v>924</v>
       </c>
       <c r="C600" t="s">
-        <v>934</v>
-[...3 lines deleted...]
-      </c>
+        <v>925</v>
+      </c>
+      <c r="D600"/>
       <c r="E600" t="s">
-        <v>928</v>
-[...3 lines deleted...]
-      </c>
+        <v>924</v>
+      </c>
+      <c r="F600"/>
       <c r="G600">
-        <v>409230127</v>
+        <v>4095050</v>
       </c>
       <c r="H600" t="s">
-        <v>929</v>
+        <v>91</v>
       </c>
       <c r="I600" t="s">
-        <v>15</v>
+        <v>91</v>
       </c>
       <c r="J600">
-        <v>50923051</v>
+        <v>50950090</v>
       </c>
       <c r="K600" t="s">
-        <v>930</v>
+        <v>56</v>
       </c>
       <c r="L600" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="M600">
-        <v>60923088</v>
+        <v>609500156</v>
       </c>
       <c r="N600" t="s">
-        <v>928</v>
+        <v>18</v>
       </c>
       <c r="O600" t="s">
         <v>18</v>
       </c>
       <c r="P600">
-        <v>80923029</v>
+        <v>80950076</v>
       </c>
     </row>
     <row r="601" spans="1:16">
       <c r="A601">
         <v>600</v>
       </c>
       <c r="B601" t="s">
         <v>926</v>
       </c>
       <c r="C601" t="s">
-        <v>935</v>
+        <v>927</v>
       </c>
       <c r="D601">
-        <v>55</v>
+        <v>304</v>
       </c>
       <c r="E601" t="s">
         <v>928</v>
       </c>
       <c r="F601" t="s">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="G601">
-        <v>409230127</v>
+        <v>409530151</v>
       </c>
       <c r="H601" t="s">
         <v>929</v>
       </c>
       <c r="I601" t="s">
-        <v>15</v>
+        <v>91</v>
       </c>
       <c r="J601">
-        <v>50923051</v>
+        <v>50953084</v>
       </c>
       <c r="K601" t="s">
         <v>930</v>
       </c>
       <c r="L601" t="s">
         <v>16</v>
       </c>
       <c r="M601">
-        <v>60923088</v>
+        <v>609530134</v>
       </c>
       <c r="N601" t="s">
-        <v>928</v>
+        <v>931</v>
       </c>
       <c r="O601" t="s">
         <v>18</v>
       </c>
       <c r="P601">
-        <v>80923029</v>
+        <v>80953060</v>
       </c>
     </row>
     <row r="602" spans="1:16">
       <c r="A602">
         <v>601</v>
       </c>
       <c r="B602" t="s">
-        <v>926</v>
+        <v>932</v>
       </c>
       <c r="C602" t="s">
-        <v>936</v>
-[...1 lines deleted...]
-      <c r="D602"/>
+        <v>933</v>
+      </c>
+      <c r="D602">
+        <v>50</v>
+      </c>
       <c r="E602" t="s">
-        <v>928</v>
+        <v>934</v>
       </c>
       <c r="F602" t="s">
         <v>18</v>
       </c>
       <c r="G602">
         <v>409230127</v>
       </c>
       <c r="H602" t="s">
-        <v>929</v>
+        <v>935</v>
       </c>
       <c r="I602" t="s">
         <v>15</v>
       </c>
       <c r="J602">
         <v>50923051</v>
       </c>
       <c r="K602" t="s">
-        <v>930</v>
+        <v>936</v>
       </c>
       <c r="L602" t="s">
         <v>16</v>
       </c>
       <c r="M602">
         <v>60923088</v>
       </c>
       <c r="N602" t="s">
-        <v>928</v>
+        <v>934</v>
       </c>
       <c r="O602" t="s">
         <v>18</v>
       </c>
       <c r="P602">
         <v>80923029</v>
       </c>
     </row>
     <row r="603" spans="1:16">
       <c r="A603">
         <v>602</v>
       </c>
       <c r="B603" t="s">
-        <v>926</v>
+        <v>932</v>
       </c>
       <c r="C603" t="s">
         <v>937</v>
       </c>
-      <c r="D603"/>
-[...11 lines deleted...]
-      <c r="P603"/>
+      <c r="D603">
+        <v>51</v>
+      </c>
+      <c r="E603" t="s">
+        <v>934</v>
+      </c>
+      <c r="F603" t="s">
+        <v>18</v>
+      </c>
+      <c r="G603">
+        <v>409230127</v>
+      </c>
+      <c r="H603" t="s">
+        <v>935</v>
+      </c>
+      <c r="I603" t="s">
+        <v>15</v>
+      </c>
+      <c r="J603">
+        <v>50923051</v>
+      </c>
+      <c r="K603" t="s">
+        <v>936</v>
+      </c>
+      <c r="L603" t="s">
+        <v>16</v>
+      </c>
+      <c r="M603">
+        <v>60923088</v>
+      </c>
+      <c r="N603" t="s">
+        <v>934</v>
+      </c>
+      <c r="O603" t="s">
+        <v>18</v>
+      </c>
+      <c r="P603">
+        <v>80923029</v>
+      </c>
     </row>
     <row r="604" spans="1:16">
       <c r="A604">
         <v>603</v>
       </c>
       <c r="B604" t="s">
+        <v>932</v>
+      </c>
+      <c r="C604" t="s">
         <v>938</v>
       </c>
-      <c r="C604" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D604">
-        <v>428</v>
+        <v>52</v>
       </c>
       <c r="E604" t="s">
-        <v>938</v>
+        <v>934</v>
       </c>
       <c r="F604" t="s">
-        <v>189</v>
+        <v>18</v>
       </c>
       <c r="G604">
-        <v>4096969</v>
+        <v>409230127</v>
       </c>
       <c r="H604" t="s">
-        <v>940</v>
-[...1 lines deleted...]
-      <c r="I604"/>
+        <v>935</v>
+      </c>
+      <c r="I604" t="s">
+        <v>15</v>
+      </c>
       <c r="J604">
-        <v>50969033</v>
+        <v>50923051</v>
       </c>
       <c r="K604" t="s">
-        <v>941</v>
+        <v>936</v>
       </c>
       <c r="L604" t="s">
         <v>16</v>
       </c>
       <c r="M604">
-        <v>609690125</v>
+        <v>60923088</v>
       </c>
       <c r="N604" t="s">
-        <v>941</v>
+        <v>934</v>
       </c>
       <c r="O604" t="s">
         <v>18</v>
       </c>
       <c r="P604">
-        <v>80969012</v>
+        <v>80923029</v>
       </c>
     </row>
     <row r="605" spans="1:16">
       <c r="A605">
         <v>604</v>
       </c>
       <c r="B605" t="s">
-        <v>938</v>
+        <v>932</v>
       </c>
       <c r="C605" t="s">
-        <v>942</v>
-[...1 lines deleted...]
-      <c r="D605"/>
+        <v>939</v>
+      </c>
+      <c r="D605">
+        <v>53</v>
+      </c>
       <c r="E605" t="s">
-        <v>938</v>
+        <v>934</v>
       </c>
       <c r="F605" t="s">
-        <v>189</v>
+        <v>18</v>
       </c>
       <c r="G605">
-        <v>4096969</v>
+        <v>409230127</v>
       </c>
       <c r="H605" t="s">
-        <v>940</v>
-[...1 lines deleted...]
-      <c r="I605"/>
+        <v>935</v>
+      </c>
+      <c r="I605" t="s">
+        <v>15</v>
+      </c>
       <c r="J605">
-        <v>50969033</v>
+        <v>50923051</v>
       </c>
       <c r="K605" t="s">
-        <v>941</v>
+        <v>936</v>
       </c>
       <c r="L605" t="s">
         <v>16</v>
       </c>
       <c r="M605">
-        <v>609690125</v>
+        <v>60923088</v>
       </c>
       <c r="N605" t="s">
-        <v>941</v>
+        <v>934</v>
       </c>
       <c r="O605" t="s">
         <v>18</v>
       </c>
       <c r="P605">
-        <v>80969012</v>
+        <v>80923029</v>
       </c>
     </row>
     <row r="606" spans="1:16">
       <c r="A606">
         <v>605</v>
       </c>
       <c r="B606" t="s">
-        <v>938</v>
+        <v>932</v>
       </c>
       <c r="C606" t="s">
-        <v>943</v>
-[...1 lines deleted...]
-      <c r="D606"/>
+        <v>940</v>
+      </c>
+      <c r="D606">
+        <v>54</v>
+      </c>
       <c r="E606" t="s">
-        <v>938</v>
+        <v>934</v>
       </c>
       <c r="F606" t="s">
-        <v>189</v>
+        <v>18</v>
       </c>
       <c r="G606">
-        <v>4096969</v>
+        <v>409230127</v>
       </c>
       <c r="H606" t="s">
-        <v>940</v>
-[...1 lines deleted...]
-      <c r="I606"/>
+        <v>935</v>
+      </c>
+      <c r="I606" t="s">
+        <v>15</v>
+      </c>
       <c r="J606">
-        <v>50969033</v>
+        <v>50923051</v>
       </c>
       <c r="K606" t="s">
-        <v>941</v>
+        <v>936</v>
       </c>
       <c r="L606" t="s">
         <v>16</v>
       </c>
       <c r="M606">
-        <v>609690125</v>
+        <v>60923088</v>
       </c>
       <c r="N606" t="s">
-        <v>941</v>
+        <v>934</v>
       </c>
       <c r="O606" t="s">
         <v>18</v>
       </c>
       <c r="P606">
-        <v>80969012</v>
+        <v>80923029</v>
       </c>
     </row>
     <row r="607" spans="1:16">
       <c r="A607">
         <v>606</v>
       </c>
       <c r="B607" t="s">
-        <v>944</v>
+        <v>932</v>
       </c>
       <c r="C607" t="s">
-        <v>945</v>
-[...1 lines deleted...]
-      <c r="D607"/>
+        <v>941</v>
+      </c>
+      <c r="D607">
+        <v>55</v>
+      </c>
       <c r="E607" t="s">
-        <v>944</v>
+        <v>934</v>
       </c>
       <c r="F607" t="s">
-        <v>56</v>
+        <v>18</v>
       </c>
       <c r="G607">
-        <v>4094848</v>
+        <v>409230127</v>
       </c>
       <c r="H607" t="s">
-        <v>946</v>
+        <v>935</v>
       </c>
       <c r="I607" t="s">
-        <v>91</v>
+        <v>15</v>
       </c>
       <c r="J607">
-        <v>50948085</v>
+        <v>50923051</v>
       </c>
       <c r="K607" t="s">
-        <v>947</v>
+        <v>936</v>
       </c>
       <c r="L607" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="M607">
-        <v>609480139</v>
+        <v>60923088</v>
       </c>
       <c r="N607" t="s">
-        <v>948</v>
+        <v>934</v>
       </c>
       <c r="O607" t="s">
         <v>18</v>
       </c>
       <c r="P607">
-        <v>80948070</v>
+        <v>80923029</v>
       </c>
     </row>
     <row r="608" spans="1:16">
       <c r="A608">
         <v>607</v>
       </c>
       <c r="B608" t="s">
-        <v>944</v>
+        <v>932</v>
       </c>
       <c r="C608" t="s">
-        <v>949</v>
+        <v>942</v>
       </c>
       <c r="D608"/>
       <c r="E608" t="s">
-        <v>944</v>
+        <v>934</v>
       </c>
       <c r="F608" t="s">
-        <v>56</v>
+        <v>18</v>
       </c>
       <c r="G608">
-        <v>4094848</v>
+        <v>409230127</v>
       </c>
       <c r="H608" t="s">
-        <v>946</v>
+        <v>935</v>
       </c>
       <c r="I608" t="s">
-        <v>91</v>
+        <v>15</v>
       </c>
       <c r="J608">
-        <v>50948085</v>
+        <v>50923051</v>
       </c>
       <c r="K608" t="s">
-        <v>947</v>
+        <v>936</v>
       </c>
       <c r="L608" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="M608">
-        <v>609480139</v>
+        <v>60923088</v>
       </c>
       <c r="N608" t="s">
-        <v>948</v>
+        <v>934</v>
       </c>
       <c r="O608" t="s">
         <v>18</v>
       </c>
       <c r="P608">
-        <v>80948070</v>
+        <v>80923029</v>
       </c>
     </row>
     <row r="609" spans="1:16">
       <c r="A609">
         <v>608</v>
       </c>
       <c r="B609" t="s">
-        <v>950</v>
+        <v>932</v>
       </c>
       <c r="C609" t="s">
-        <v>951</v>
-[...39 lines deleted...]
-      </c>
+        <v>943</v>
+      </c>
+      <c r="D609"/>
+      <c r="E609"/>
+      <c r="F609"/>
+      <c r="G609"/>
+      <c r="H609"/>
+      <c r="I609"/>
+      <c r="J609"/>
+      <c r="K609"/>
+      <c r="L609"/>
+      <c r="M609"/>
+      <c r="N609"/>
+      <c r="O609"/>
+      <c r="P609"/>
     </row>
     <row r="610" spans="1:16">
       <c r="A610">
         <v>609</v>
       </c>
       <c r="B610" t="s">
-        <v>950</v>
+        <v>944</v>
       </c>
       <c r="C610" t="s">
-        <v>956</v>
+        <v>945</v>
       </c>
       <c r="D610">
-        <v>109</v>
+        <v>428</v>
       </c>
       <c r="E610" t="s">
-        <v>952</v>
+        <v>944</v>
       </c>
       <c r="F610" t="s">
-        <v>18</v>
+        <v>189</v>
       </c>
       <c r="G610">
-        <v>409250136</v>
+        <v>4096969</v>
       </c>
       <c r="H610" t="s">
-        <v>953</v>
-[...3 lines deleted...]
-      </c>
+        <v>946</v>
+      </c>
+      <c r="I610"/>
       <c r="J610">
-        <v>50925062</v>
+        <v>50969033</v>
       </c>
       <c r="K610" t="s">
-        <v>954</v>
+        <v>947</v>
       </c>
       <c r="L610" t="s">
         <v>16</v>
       </c>
       <c r="M610">
-        <v>609250105</v>
+        <v>609690125</v>
       </c>
       <c r="N610" t="s">
-        <v>955</v>
+        <v>947</v>
       </c>
       <c r="O610" t="s">
         <v>18</v>
       </c>
       <c r="P610">
-        <v>80925044</v>
+        <v>80969012</v>
       </c>
     </row>
     <row r="611" spans="1:16">
       <c r="A611">
         <v>610</v>
       </c>
       <c r="B611" t="s">
-        <v>950</v>
+        <v>944</v>
       </c>
       <c r="C611" t="s">
-        <v>957</v>
-[...3 lines deleted...]
-      </c>
+        <v>948</v>
+      </c>
+      <c r="D611"/>
       <c r="E611" t="s">
-        <v>952</v>
+        <v>944</v>
       </c>
       <c r="F611" t="s">
-        <v>18</v>
+        <v>189</v>
       </c>
       <c r="G611">
-        <v>409250136</v>
+        <v>4096969</v>
       </c>
       <c r="H611" t="s">
-        <v>953</v>
-[...3 lines deleted...]
-      </c>
+        <v>946</v>
+      </c>
+      <c r="I611"/>
       <c r="J611">
-        <v>50925062</v>
+        <v>50969033</v>
       </c>
       <c r="K611" t="s">
-        <v>954</v>
+        <v>947</v>
       </c>
       <c r="L611" t="s">
         <v>16</v>
       </c>
       <c r="M611">
-        <v>609250105</v>
+        <v>609690125</v>
       </c>
       <c r="N611" t="s">
-        <v>955</v>
+        <v>947</v>
       </c>
       <c r="O611" t="s">
         <v>18</v>
       </c>
       <c r="P611">
-        <v>80925044</v>
+        <v>80969012</v>
       </c>
     </row>
     <row r="612" spans="1:16">
       <c r="A612">
         <v>611</v>
       </c>
       <c r="B612" t="s">
-        <v>950</v>
+        <v>944</v>
       </c>
       <c r="C612" t="s">
-        <v>958</v>
-[...3 lines deleted...]
-      </c>
+        <v>949</v>
+      </c>
+      <c r="D612"/>
       <c r="E612" t="s">
-        <v>952</v>
+        <v>944</v>
       </c>
       <c r="F612" t="s">
-        <v>18</v>
+        <v>189</v>
       </c>
       <c r="G612">
-        <v>409250136</v>
+        <v>4096969</v>
       </c>
       <c r="H612" t="s">
-        <v>953</v>
-[...3 lines deleted...]
-      </c>
+        <v>946</v>
+      </c>
+      <c r="I612"/>
       <c r="J612">
-        <v>50925062</v>
+        <v>50969033</v>
       </c>
       <c r="K612" t="s">
-        <v>954</v>
+        <v>947</v>
       </c>
       <c r="L612" t="s">
         <v>16</v>
       </c>
       <c r="M612">
-        <v>609250105</v>
+        <v>609690125</v>
       </c>
       <c r="N612" t="s">
-        <v>955</v>
+        <v>947</v>
       </c>
       <c r="O612" t="s">
         <v>18</v>
       </c>
       <c r="P612">
-        <v>80925044</v>
+        <v>80969012</v>
       </c>
     </row>
     <row r="613" spans="1:16">
       <c r="A613">
         <v>612</v>
       </c>
       <c r="B613" t="s">
         <v>950</v>
       </c>
       <c r="C613" t="s">
-        <v>959</v>
-[...3 lines deleted...]
-      </c>
+        <v>951</v>
+      </c>
+      <c r="D613"/>
       <c r="E613" t="s">
+        <v>950</v>
+      </c>
+      <c r="F613" t="s">
+        <v>56</v>
+      </c>
+      <c r="G613">
+        <v>4094848</v>
+      </c>
+      <c r="H613" t="s">
         <v>952</v>
-      </c>
-[...7 lines deleted...]
-        <v>953</v>
       </c>
       <c r="I613" t="s">
         <v>91</v>
       </c>
       <c r="J613">
-        <v>50925062</v>
+        <v>50948085</v>
       </c>
       <c r="K613" t="s">
+        <v>953</v>
+      </c>
+      <c r="L613" t="s">
+        <v>56</v>
+      </c>
+      <c r="M613">
+        <v>609480139</v>
+      </c>
+      <c r="N613" t="s">
         <v>954</v>
       </c>
-      <c r="L613" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O613" t="s">
         <v>18</v>
       </c>
       <c r="P613">
-        <v>80925044</v>
+        <v>80948070</v>
       </c>
     </row>
     <row r="614" spans="1:16">
       <c r="A614">
         <v>613</v>
       </c>
       <c r="B614" t="s">
         <v>950</v>
       </c>
       <c r="C614" t="s">
-        <v>960</v>
-[...3 lines deleted...]
-      </c>
+        <v>955</v>
+      </c>
+      <c r="D614"/>
       <c r="E614" t="s">
+        <v>950</v>
+      </c>
+      <c r="F614" t="s">
+        <v>56</v>
+      </c>
+      <c r="G614">
+        <v>4094848</v>
+      </c>
+      <c r="H614" t="s">
         <v>952</v>
-      </c>
-[...7 lines deleted...]
-        <v>953</v>
       </c>
       <c r="I614" t="s">
         <v>91</v>
       </c>
       <c r="J614">
-        <v>50925062</v>
+        <v>50948085</v>
       </c>
       <c r="K614" t="s">
+        <v>953</v>
+      </c>
+      <c r="L614" t="s">
+        <v>56</v>
+      </c>
+      <c r="M614">
+        <v>609480139</v>
+      </c>
+      <c r="N614" t="s">
         <v>954</v>
       </c>
-      <c r="L614" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O614" t="s">
         <v>18</v>
       </c>
       <c r="P614">
-        <v>80925044</v>
+        <v>80948070</v>
       </c>
     </row>
     <row r="615" spans="1:16">
       <c r="A615">
         <v>614</v>
       </c>
       <c r="B615" t="s">
-        <v>950</v>
+        <v>956</v>
       </c>
       <c r="C615" t="s">
-        <v>961</v>
-[...1 lines deleted...]
-      <c r="D615"/>
+        <v>957</v>
+      </c>
+      <c r="D615">
+        <v>108</v>
+      </c>
       <c r="E615" t="s">
-        <v>952</v>
+        <v>958</v>
       </c>
       <c r="F615" t="s">
         <v>18</v>
       </c>
       <c r="G615">
         <v>409250136</v>
       </c>
       <c r="H615" t="s">
-        <v>953</v>
+        <v>959</v>
       </c>
       <c r="I615" t="s">
         <v>91</v>
       </c>
       <c r="J615">
         <v>50925062</v>
       </c>
       <c r="K615" t="s">
-        <v>954</v>
+        <v>960</v>
       </c>
       <c r="L615" t="s">
         <v>16</v>
       </c>
       <c r="M615">
         <v>609250105</v>
       </c>
       <c r="N615" t="s">
-        <v>955</v>
+        <v>961</v>
       </c>
       <c r="O615" t="s">
         <v>18</v>
       </c>
       <c r="P615">
         <v>80925044</v>
       </c>
     </row>
     <row r="616" spans="1:16">
       <c r="A616">
         <v>615</v>
       </c>
       <c r="B616" t="s">
-        <v>950</v>
+        <v>956</v>
       </c>
       <c r="C616" t="s">
         <v>962</v>
       </c>
-      <c r="D616"/>
+      <c r="D616">
+        <v>109</v>
+      </c>
       <c r="E616" t="s">
-        <v>952</v>
+        <v>958</v>
       </c>
       <c r="F616" t="s">
         <v>18</v>
       </c>
       <c r="G616">
         <v>409250136</v>
       </c>
       <c r="H616" t="s">
-        <v>953</v>
+        <v>959</v>
       </c>
       <c r="I616" t="s">
         <v>91</v>
       </c>
       <c r="J616">
         <v>50925062</v>
       </c>
       <c r="K616" t="s">
-        <v>954</v>
+        <v>960</v>
       </c>
       <c r="L616" t="s">
         <v>16</v>
       </c>
       <c r="M616">
         <v>609250105</v>
       </c>
       <c r="N616" t="s">
-        <v>955</v>
+        <v>961</v>
       </c>
       <c r="O616" t="s">
         <v>18</v>
       </c>
       <c r="P616">
         <v>80925044</v>
       </c>
     </row>
     <row r="617" spans="1:16">
       <c r="A617">
         <v>616</v>
       </c>
       <c r="B617" t="s">
+        <v>956</v>
+      </c>
+      <c r="C617" t="s">
         <v>963</v>
       </c>
-      <c r="C617" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D617">
-        <v>519</v>
+        <v>110</v>
       </c>
       <c r="E617" t="s">
-        <v>965</v>
+        <v>958</v>
       </c>
       <c r="F617" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G617">
-        <v>4096666</v>
+        <v>409250136</v>
       </c>
       <c r="H617" t="s">
-        <v>966</v>
+        <v>959</v>
       </c>
       <c r="I617" t="s">
-        <v>15</v>
+        <v>91</v>
       </c>
       <c r="J617">
-        <v>50966047</v>
+        <v>50925062</v>
       </c>
       <c r="K617" t="s">
-        <v>967</v>
+        <v>960</v>
       </c>
       <c r="L617" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="M617">
-        <v>60966080</v>
+        <v>609250105</v>
       </c>
       <c r="N617" t="s">
-        <v>968</v>
+        <v>961</v>
       </c>
       <c r="O617" t="s">
         <v>18</v>
       </c>
       <c r="P617">
-        <v>80966025</v>
+        <v>80925044</v>
       </c>
     </row>
     <row r="618" spans="1:16">
       <c r="A618">
         <v>617</v>
       </c>
       <c r="B618" t="s">
-        <v>963</v>
+        <v>956</v>
       </c>
       <c r="C618" t="s">
-        <v>969</v>
+        <v>964</v>
       </c>
       <c r="D618">
-        <v>520</v>
+        <v>111</v>
       </c>
       <c r="E618" t="s">
-        <v>965</v>
+        <v>958</v>
       </c>
       <c r="F618" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G618">
-        <v>4096666</v>
+        <v>409250136</v>
       </c>
       <c r="H618" t="s">
-        <v>966</v>
+        <v>959</v>
       </c>
       <c r="I618" t="s">
-        <v>15</v>
+        <v>91</v>
       </c>
       <c r="J618">
-        <v>50966047</v>
+        <v>50925062</v>
       </c>
       <c r="K618" t="s">
-        <v>970</v>
+        <v>960</v>
       </c>
       <c r="L618" t="s">
         <v>16</v>
       </c>
       <c r="M618">
-        <v>60966079</v>
+        <v>609250105</v>
       </c>
       <c r="N618" t="s">
-        <v>968</v>
+        <v>961</v>
       </c>
       <c r="O618" t="s">
         <v>18</v>
       </c>
       <c r="P618">
-        <v>80966025</v>
+        <v>80925044</v>
       </c>
     </row>
     <row r="619" spans="1:16">
       <c r="A619">
         <v>618</v>
       </c>
       <c r="B619" t="s">
-        <v>963</v>
+        <v>956</v>
       </c>
       <c r="C619" t="s">
-        <v>971</v>
+        <v>965</v>
       </c>
       <c r="D619">
-        <v>521</v>
+        <v>112</v>
       </c>
       <c r="E619" t="s">
-        <v>965</v>
+        <v>958</v>
       </c>
       <c r="F619" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G619">
-        <v>4096666</v>
+        <v>409250136</v>
       </c>
       <c r="H619" t="s">
-        <v>966</v>
+        <v>959</v>
       </c>
       <c r="I619" t="s">
-        <v>15</v>
+        <v>91</v>
       </c>
       <c r="J619">
-        <v>50966047</v>
+        <v>50925062</v>
       </c>
       <c r="K619" t="s">
-        <v>967</v>
+        <v>960</v>
       </c>
       <c r="L619" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="M619">
-        <v>60966080</v>
+        <v>609250105</v>
       </c>
       <c r="N619" t="s">
-        <v>968</v>
+        <v>961</v>
       </c>
       <c r="O619" t="s">
         <v>18</v>
       </c>
       <c r="P619">
-        <v>80966025</v>
+        <v>80925044</v>
       </c>
     </row>
     <row r="620" spans="1:16">
       <c r="A620">
         <v>619</v>
       </c>
       <c r="B620" t="s">
-        <v>963</v>
+        <v>956</v>
       </c>
       <c r="C620" t="s">
-        <v>972</v>
+        <v>966</v>
       </c>
       <c r="D620">
-        <v>522</v>
+        <v>111</v>
       </c>
       <c r="E620" t="s">
-        <v>965</v>
+        <v>958</v>
       </c>
       <c r="F620" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G620">
-        <v>4096666</v>
+        <v>409250136</v>
       </c>
       <c r="H620" t="s">
-        <v>966</v>
+        <v>959</v>
       </c>
       <c r="I620" t="s">
-        <v>15</v>
+        <v>91</v>
       </c>
       <c r="J620">
-        <v>50966047</v>
+        <v>50925062</v>
       </c>
       <c r="K620" t="s">
-        <v>973</v>
+        <v>960</v>
       </c>
       <c r="L620" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="M620">
-        <v>60966061</v>
+        <v>609250105</v>
       </c>
       <c r="N620" t="s">
-        <v>968</v>
+        <v>961</v>
       </c>
       <c r="O620" t="s">
         <v>18</v>
       </c>
       <c r="P620">
-        <v>80966025</v>
+        <v>80925044</v>
       </c>
     </row>
     <row r="621" spans="1:16">
       <c r="A621">
         <v>620</v>
       </c>
       <c r="B621" t="s">
-        <v>963</v>
+        <v>956</v>
       </c>
       <c r="C621" t="s">
-        <v>974</v>
-[...3 lines deleted...]
-      </c>
+        <v>967</v>
+      </c>
+      <c r="D621"/>
       <c r="E621" t="s">
-        <v>965</v>
+        <v>958</v>
       </c>
       <c r="F621" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G621">
-        <v>4096666</v>
+        <v>409250136</v>
       </c>
       <c r="H621" t="s">
-        <v>966</v>
+        <v>959</v>
       </c>
       <c r="I621" t="s">
-        <v>15</v>
+        <v>91</v>
       </c>
       <c r="J621">
-        <v>50966047</v>
+        <v>50925062</v>
       </c>
       <c r="K621" t="s">
-        <v>973</v>
+        <v>960</v>
       </c>
       <c r="L621" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="M621">
-        <v>60966061</v>
+        <v>609250105</v>
       </c>
       <c r="N621" t="s">
-        <v>968</v>
+        <v>961</v>
       </c>
       <c r="O621" t="s">
         <v>18</v>
       </c>
       <c r="P621">
-        <v>80966025</v>
+        <v>80925044</v>
       </c>
     </row>
     <row r="622" spans="1:16">
       <c r="A622">
         <v>621</v>
       </c>
       <c r="B622" t="s">
-        <v>963</v>
+        <v>956</v>
       </c>
       <c r="C622" t="s">
-        <v>975</v>
-[...3 lines deleted...]
-      </c>
+        <v>968</v>
+      </c>
+      <c r="D622"/>
       <c r="E622" t="s">
-        <v>965</v>
+        <v>958</v>
       </c>
       <c r="F622" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G622">
-        <v>4096666</v>
+        <v>409250136</v>
       </c>
       <c r="H622" t="s">
-        <v>966</v>
+        <v>959</v>
       </c>
       <c r="I622" t="s">
-        <v>15</v>
+        <v>91</v>
       </c>
       <c r="J622">
-        <v>50966047</v>
+        <v>50925062</v>
       </c>
       <c r="K622" t="s">
-        <v>976</v>
+        <v>960</v>
       </c>
       <c r="L622" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="M622">
-        <v>60966062</v>
+        <v>609250105</v>
       </c>
       <c r="N622" t="s">
-        <v>968</v>
+        <v>961</v>
       </c>
       <c r="O622" t="s">
         <v>18</v>
       </c>
       <c r="P622">
-        <v>80966025</v>
+        <v>80925044</v>
       </c>
     </row>
     <row r="623" spans="1:16">
       <c r="A623">
         <v>622</v>
       </c>
       <c r="B623" t="s">
-        <v>963</v>
+        <v>969</v>
       </c>
       <c r="C623" t="s">
-        <v>977</v>
+        <v>970</v>
       </c>
       <c r="D623">
-        <v>525</v>
+        <v>519</v>
       </c>
       <c r="E623" t="s">
-        <v>965</v>
+        <v>971</v>
       </c>
       <c r="F623" t="s">
         <v>13</v>
       </c>
       <c r="G623">
         <v>4096666</v>
       </c>
       <c r="H623" t="s">
-        <v>966</v>
+        <v>972</v>
       </c>
       <c r="I623" t="s">
         <v>15</v>
       </c>
       <c r="J623">
         <v>50966047</v>
       </c>
       <c r="K623" t="s">
         <v>973</v>
       </c>
       <c r="L623" t="s">
         <v>56</v>
       </c>
       <c r="M623">
-        <v>60966061</v>
+        <v>60966080</v>
       </c>
       <c r="N623" t="s">
-        <v>968</v>
+        <v>974</v>
       </c>
       <c r="O623" t="s">
         <v>18</v>
       </c>
       <c r="P623">
         <v>80966025</v>
       </c>
     </row>
     <row r="624" spans="1:16">
       <c r="A624">
         <v>623</v>
       </c>
       <c r="B624" t="s">
-        <v>963</v>
+        <v>969</v>
       </c>
       <c r="C624" t="s">
-        <v>978</v>
+        <v>975</v>
       </c>
       <c r="D624">
-        <v>526</v>
+        <v>520</v>
       </c>
       <c r="E624" t="s">
-        <v>965</v>
+        <v>971</v>
       </c>
       <c r="F624" t="s">
         <v>13</v>
       </c>
       <c r="G624">
         <v>4096666</v>
       </c>
       <c r="H624" t="s">
-        <v>966</v>
+        <v>972</v>
       </c>
       <c r="I624" t="s">
         <v>15</v>
       </c>
       <c r="J624">
         <v>50966047</v>
       </c>
       <c r="K624" t="s">
-        <v>967</v>
+        <v>976</v>
       </c>
       <c r="L624" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="M624">
-        <v>60966080</v>
+        <v>60966079</v>
       </c>
       <c r="N624" t="s">
-        <v>968</v>
+        <v>974</v>
       </c>
       <c r="O624" t="s">
         <v>18</v>
       </c>
       <c r="P624">
         <v>80966025</v>
       </c>
     </row>
     <row r="625" spans="1:16">
       <c r="A625">
         <v>624</v>
       </c>
       <c r="B625" t="s">
-        <v>963</v>
+        <v>969</v>
       </c>
       <c r="C625" t="s">
-        <v>979</v>
+        <v>977</v>
       </c>
       <c r="D625">
-        <v>527</v>
+        <v>521</v>
       </c>
       <c r="E625" t="s">
-        <v>965</v>
+        <v>971</v>
       </c>
       <c r="F625" t="s">
         <v>13</v>
       </c>
       <c r="G625">
         <v>4096666</v>
       </c>
       <c r="H625" t="s">
-        <v>966</v>
+        <v>972</v>
       </c>
       <c r="I625" t="s">
         <v>15</v>
       </c>
       <c r="J625">
         <v>50966047</v>
       </c>
       <c r="K625" t="s">
         <v>973</v>
       </c>
       <c r="L625" t="s">
         <v>56</v>
       </c>
       <c r="M625">
-        <v>60966061</v>
+        <v>60966080</v>
       </c>
       <c r="N625" t="s">
-        <v>968</v>
+        <v>974</v>
       </c>
       <c r="O625" t="s">
         <v>18</v>
       </c>
       <c r="P625">
         <v>80966025</v>
       </c>
     </row>
     <row r="626" spans="1:16">
       <c r="A626">
         <v>625</v>
       </c>
       <c r="B626" t="s">
-        <v>963</v>
+        <v>969</v>
       </c>
       <c r="C626" t="s">
-        <v>980</v>
+        <v>978</v>
       </c>
       <c r="D626">
-        <v>528</v>
+        <v>522</v>
       </c>
       <c r="E626" t="s">
-        <v>965</v>
+        <v>971</v>
       </c>
       <c r="F626" t="s">
         <v>13</v>
       </c>
       <c r="G626">
         <v>4096666</v>
       </c>
       <c r="H626" t="s">
-        <v>966</v>
+        <v>972</v>
       </c>
       <c r="I626" t="s">
         <v>15</v>
       </c>
       <c r="J626">
         <v>50966047</v>
       </c>
       <c r="K626" t="s">
-        <v>970</v>
+        <v>979</v>
       </c>
       <c r="L626" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="M626">
-        <v>60966079</v>
+        <v>60966061</v>
       </c>
       <c r="N626" t="s">
-        <v>968</v>
+        <v>974</v>
       </c>
       <c r="O626" t="s">
         <v>18</v>
       </c>
       <c r="P626">
         <v>80966025</v>
       </c>
     </row>
     <row r="627" spans="1:16">
       <c r="A627">
         <v>626</v>
       </c>
       <c r="B627" t="s">
-        <v>963</v>
+        <v>969</v>
       </c>
       <c r="C627" t="s">
-        <v>981</v>
+        <v>980</v>
       </c>
       <c r="D627">
-        <v>529</v>
+        <v>523</v>
       </c>
       <c r="E627" t="s">
-        <v>965</v>
+        <v>971</v>
       </c>
       <c r="F627" t="s">
         <v>13</v>
       </c>
       <c r="G627">
         <v>4096666</v>
       </c>
       <c r="H627" t="s">
-        <v>966</v>
+        <v>972</v>
       </c>
       <c r="I627" t="s">
         <v>15</v>
       </c>
       <c r="J627">
         <v>50966047</v>
       </c>
       <c r="K627" t="s">
-        <v>967</v>
+        <v>979</v>
       </c>
       <c r="L627" t="s">
         <v>56</v>
       </c>
       <c r="M627">
-        <v>60966080</v>
+        <v>60966061</v>
       </c>
       <c r="N627" t="s">
-        <v>968</v>
+        <v>974</v>
       </c>
       <c r="O627" t="s">
         <v>18</v>
       </c>
       <c r="P627">
         <v>80966025</v>
       </c>
     </row>
     <row r="628" spans="1:16">
       <c r="A628">
         <v>627</v>
       </c>
       <c r="B628" t="s">
-        <v>963</v>
+        <v>969</v>
       </c>
       <c r="C628" t="s">
-        <v>982</v>
+        <v>981</v>
       </c>
       <c r="D628">
-        <v>530</v>
+        <v>524</v>
       </c>
       <c r="E628" t="s">
-        <v>965</v>
+        <v>971</v>
       </c>
       <c r="F628" t="s">
         <v>13</v>
       </c>
       <c r="G628">
         <v>4096666</v>
       </c>
       <c r="H628" t="s">
-        <v>966</v>
+        <v>972</v>
       </c>
       <c r="I628" t="s">
         <v>15</v>
       </c>
       <c r="J628">
         <v>50966047</v>
       </c>
       <c r="K628" t="s">
-        <v>967</v>
+        <v>982</v>
       </c>
       <c r="L628" t="s">
         <v>56</v>
       </c>
       <c r="M628">
-        <v>60966080</v>
+        <v>60966062</v>
       </c>
       <c r="N628" t="s">
-        <v>968</v>
+        <v>974</v>
       </c>
       <c r="O628" t="s">
         <v>18</v>
       </c>
       <c r="P628">
         <v>80966025</v>
       </c>
     </row>
     <row r="629" spans="1:16">
       <c r="A629">
         <v>628</v>
       </c>
       <c r="B629" t="s">
-        <v>963</v>
+        <v>969</v>
       </c>
       <c r="C629" t="s">
         <v>983</v>
       </c>
       <c r="D629">
-        <v>531</v>
+        <v>525</v>
       </c>
       <c r="E629" t="s">
-        <v>965</v>
+        <v>971</v>
       </c>
       <c r="F629" t="s">
         <v>13</v>
       </c>
       <c r="G629">
         <v>4096666</v>
       </c>
       <c r="H629" t="s">
-        <v>966</v>
+        <v>972</v>
       </c>
       <c r="I629" t="s">
         <v>15</v>
       </c>
       <c r="J629">
         <v>50966047</v>
       </c>
       <c r="K629" t="s">
-        <v>967</v>
+        <v>979</v>
       </c>
       <c r="L629" t="s">
         <v>56</v>
       </c>
       <c r="M629">
-        <v>60966080</v>
+        <v>60966061</v>
       </c>
       <c r="N629" t="s">
-        <v>968</v>
+        <v>974</v>
       </c>
       <c r="O629" t="s">
         <v>18</v>
       </c>
       <c r="P629">
         <v>80966025</v>
       </c>
     </row>
     <row r="630" spans="1:16">
       <c r="A630">
         <v>629</v>
       </c>
       <c r="B630" t="s">
-        <v>963</v>
+        <v>969</v>
       </c>
       <c r="C630" t="s">
         <v>984</v>
       </c>
       <c r="D630">
-        <v>532</v>
+        <v>526</v>
       </c>
       <c r="E630" t="s">
-        <v>965</v>
+        <v>971</v>
       </c>
       <c r="F630" t="s">
         <v>13</v>
       </c>
       <c r="G630">
         <v>4096666</v>
       </c>
       <c r="H630" t="s">
-        <v>966</v>
+        <v>972</v>
       </c>
       <c r="I630" t="s">
         <v>15</v>
       </c>
       <c r="J630">
         <v>50966047</v>
       </c>
       <c r="K630" t="s">
         <v>973</v>
       </c>
       <c r="L630" t="s">
         <v>56</v>
       </c>
       <c r="M630">
-        <v>60966061</v>
+        <v>60966080</v>
       </c>
       <c r="N630" t="s">
-        <v>968</v>
+        <v>974</v>
       </c>
       <c r="O630" t="s">
         <v>18</v>
       </c>
       <c r="P630">
         <v>80966025</v>
       </c>
     </row>
     <row r="631" spans="1:16">
       <c r="A631">
         <v>630</v>
       </c>
       <c r="B631" t="s">
-        <v>963</v>
+        <v>969</v>
       </c>
       <c r="C631" t="s">
         <v>985</v>
       </c>
       <c r="D631">
-        <v>533</v>
+        <v>527</v>
       </c>
       <c r="E631" t="s">
-        <v>965</v>
+        <v>971</v>
       </c>
       <c r="F631" t="s">
         <v>13</v>
       </c>
       <c r="G631">
         <v>4096666</v>
       </c>
       <c r="H631" t="s">
-        <v>966</v>
+        <v>972</v>
       </c>
       <c r="I631" t="s">
         <v>15</v>
       </c>
       <c r="J631">
         <v>50966047</v>
       </c>
       <c r="K631" t="s">
-        <v>973</v>
+        <v>979</v>
       </c>
       <c r="L631" t="s">
         <v>56</v>
       </c>
       <c r="M631">
         <v>60966061</v>
       </c>
       <c r="N631" t="s">
-        <v>968</v>
+        <v>974</v>
       </c>
       <c r="O631" t="s">
         <v>18</v>
       </c>
       <c r="P631">
         <v>80966025</v>
       </c>
     </row>
     <row r="632" spans="1:16">
       <c r="A632">
         <v>631</v>
       </c>
       <c r="B632" t="s">
-        <v>963</v>
+        <v>969</v>
       </c>
       <c r="C632" t="s">
         <v>986</v>
       </c>
       <c r="D632">
-        <v>534</v>
+        <v>528</v>
       </c>
       <c r="E632" t="s">
-        <v>965</v>
+        <v>971</v>
       </c>
       <c r="F632" t="s">
         <v>13</v>
       </c>
       <c r="G632">
         <v>4096666</v>
       </c>
       <c r="H632" t="s">
-        <v>966</v>
+        <v>972</v>
       </c>
       <c r="I632" t="s">
         <v>15</v>
       </c>
       <c r="J632">
         <v>50966047</v>
       </c>
       <c r="K632" t="s">
-        <v>973</v>
+        <v>976</v>
       </c>
       <c r="L632" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="M632">
-        <v>60966061</v>
+        <v>60966079</v>
       </c>
       <c r="N632" t="s">
-        <v>968</v>
+        <v>974</v>
       </c>
       <c r="O632" t="s">
         <v>18</v>
       </c>
       <c r="P632">
         <v>80966025</v>
       </c>
     </row>
     <row r="633" spans="1:16">
       <c r="A633">
         <v>632</v>
       </c>
       <c r="B633" t="s">
-        <v>963</v>
+        <v>969</v>
       </c>
       <c r="C633" t="s">
         <v>987</v>
       </c>
       <c r="D633">
-        <v>535</v>
+        <v>529</v>
       </c>
       <c r="E633" t="s">
-        <v>965</v>
+        <v>971</v>
       </c>
       <c r="F633" t="s">
         <v>13</v>
       </c>
       <c r="G633">
         <v>4096666</v>
       </c>
       <c r="H633" t="s">
-        <v>966</v>
+        <v>972</v>
       </c>
       <c r="I633" t="s">
         <v>15</v>
       </c>
       <c r="J633">
         <v>50966047</v>
       </c>
       <c r="K633" t="s">
-        <v>970</v>
+        <v>973</v>
       </c>
       <c r="L633" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="M633">
-        <v>60966079</v>
+        <v>60966080</v>
       </c>
       <c r="N633" t="s">
-        <v>968</v>
+        <v>974</v>
       </c>
       <c r="O633" t="s">
         <v>18</v>
       </c>
       <c r="P633">
         <v>80966025</v>
       </c>
     </row>
     <row r="634" spans="1:16">
       <c r="A634">
         <v>633</v>
       </c>
       <c r="B634" t="s">
-        <v>963</v>
+        <v>969</v>
       </c>
       <c r="C634" t="s">
         <v>988</v>
       </c>
       <c r="D634">
-        <v>536</v>
+        <v>530</v>
       </c>
       <c r="E634" t="s">
-        <v>965</v>
+        <v>971</v>
       </c>
       <c r="F634" t="s">
         <v>13</v>
       </c>
       <c r="G634">
         <v>4096666</v>
       </c>
       <c r="H634" t="s">
-        <v>966</v>
+        <v>972</v>
       </c>
       <c r="I634" t="s">
         <v>15</v>
       </c>
       <c r="J634">
         <v>50966047</v>
       </c>
       <c r="K634" t="s">
-        <v>976</v>
+        <v>973</v>
       </c>
       <c r="L634" t="s">
         <v>56</v>
       </c>
       <c r="M634">
-        <v>60966062</v>
+        <v>60966080</v>
       </c>
       <c r="N634" t="s">
-        <v>968</v>
+        <v>974</v>
       </c>
       <c r="O634" t="s">
         <v>18</v>
       </c>
       <c r="P634">
         <v>80966025</v>
       </c>
     </row>
     <row r="635" spans="1:16">
       <c r="A635">
         <v>634</v>
       </c>
       <c r="B635" t="s">
-        <v>963</v>
+        <v>969</v>
       </c>
       <c r="C635" t="s">
         <v>989</v>
       </c>
       <c r="D635">
-        <v>537</v>
+        <v>531</v>
       </c>
       <c r="E635" t="s">
-        <v>965</v>
+        <v>971</v>
       </c>
       <c r="F635" t="s">
         <v>13</v>
       </c>
       <c r="G635">
         <v>4096666</v>
       </c>
       <c r="H635" t="s">
-        <v>966</v>
+        <v>972</v>
       </c>
       <c r="I635" t="s">
         <v>15</v>
       </c>
       <c r="J635">
         <v>50966047</v>
       </c>
       <c r="K635" t="s">
-        <v>976</v>
+        <v>973</v>
       </c>
       <c r="L635" t="s">
         <v>56</v>
       </c>
       <c r="M635">
-        <v>60966062</v>
+        <v>60966080</v>
       </c>
       <c r="N635" t="s">
-        <v>968</v>
+        <v>974</v>
       </c>
       <c r="O635" t="s">
         <v>18</v>
       </c>
       <c r="P635">
         <v>80966025</v>
       </c>
     </row>
     <row r="636" spans="1:16">
       <c r="A636">
         <v>635</v>
       </c>
       <c r="B636" t="s">
-        <v>963</v>
+        <v>969</v>
       </c>
       <c r="C636" t="s">
         <v>990</v>
       </c>
       <c r="D636">
-        <v>538</v>
+        <v>532</v>
       </c>
       <c r="E636" t="s">
-        <v>965</v>
+        <v>971</v>
       </c>
       <c r="F636" t="s">
         <v>13</v>
       </c>
       <c r="G636">
         <v>4096666</v>
       </c>
       <c r="H636" t="s">
-        <v>966</v>
+        <v>972</v>
       </c>
       <c r="I636" t="s">
         <v>15</v>
       </c>
       <c r="J636">
         <v>50966047</v>
       </c>
       <c r="K636" t="s">
-        <v>967</v>
+        <v>979</v>
       </c>
       <c r="L636" t="s">
         <v>56</v>
       </c>
       <c r="M636">
-        <v>60966080</v>
+        <v>60966061</v>
       </c>
       <c r="N636" t="s">
-        <v>968</v>
+        <v>974</v>
       </c>
       <c r="O636" t="s">
         <v>18</v>
       </c>
       <c r="P636">
         <v>80966025</v>
       </c>
     </row>
     <row r="637" spans="1:16">
       <c r="A637">
         <v>636</v>
       </c>
       <c r="B637" t="s">
-        <v>963</v>
+        <v>969</v>
       </c>
       <c r="C637" t="s">
-        <v>826</v>
+        <v>991</v>
       </c>
       <c r="D637">
-        <v>539</v>
+        <v>533</v>
       </c>
       <c r="E637" t="s">
-        <v>965</v>
+        <v>971</v>
       </c>
       <c r="F637" t="s">
         <v>13</v>
       </c>
       <c r="G637">
         <v>4096666</v>
       </c>
       <c r="H637" t="s">
-        <v>966</v>
+        <v>972</v>
       </c>
       <c r="I637" t="s">
         <v>15</v>
       </c>
       <c r="J637">
         <v>50966047</v>
       </c>
       <c r="K637" t="s">
-        <v>976</v>
+        <v>979</v>
       </c>
       <c r="L637" t="s">
         <v>56</v>
       </c>
       <c r="M637">
-        <v>60966062</v>
+        <v>60966061</v>
       </c>
       <c r="N637" t="s">
-        <v>968</v>
+        <v>974</v>
       </c>
       <c r="O637" t="s">
         <v>18</v>
       </c>
       <c r="P637">
         <v>80966025</v>
       </c>
     </row>
     <row r="638" spans="1:16">
       <c r="A638">
         <v>637</v>
       </c>
       <c r="B638" t="s">
-        <v>963</v>
+        <v>969</v>
       </c>
       <c r="C638" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="D638">
-        <v>540</v>
+        <v>534</v>
       </c>
       <c r="E638" t="s">
-        <v>965</v>
+        <v>971</v>
       </c>
       <c r="F638" t="s">
         <v>13</v>
       </c>
       <c r="G638">
         <v>4096666</v>
       </c>
       <c r="H638" t="s">
-        <v>966</v>
+        <v>972</v>
       </c>
       <c r="I638" t="s">
         <v>15</v>
       </c>
       <c r="J638">
         <v>50966047</v>
       </c>
       <c r="K638" t="s">
-        <v>976</v>
+        <v>979</v>
       </c>
       <c r="L638" t="s">
         <v>56</v>
       </c>
       <c r="M638">
-        <v>60966062</v>
+        <v>60966061</v>
       </c>
       <c r="N638" t="s">
-        <v>968</v>
+        <v>974</v>
       </c>
       <c r="O638" t="s">
         <v>18</v>
       </c>
       <c r="P638">
         <v>80966025</v>
       </c>
     </row>
     <row r="639" spans="1:16">
       <c r="A639">
         <v>638</v>
       </c>
       <c r="B639" t="s">
-        <v>963</v>
+        <v>969</v>
       </c>
       <c r="C639" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="D639">
-        <v>541</v>
+        <v>535</v>
       </c>
       <c r="E639" t="s">
-        <v>965</v>
+        <v>971</v>
       </c>
       <c r="F639" t="s">
         <v>13</v>
       </c>
       <c r="G639">
         <v>4096666</v>
       </c>
       <c r="H639" t="s">
-        <v>966</v>
+        <v>972</v>
       </c>
       <c r="I639" t="s">
         <v>15</v>
       </c>
       <c r="J639">
         <v>50966047</v>
       </c>
       <c r="K639" t="s">
         <v>976</v>
       </c>
       <c r="L639" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="M639">
-        <v>60966062</v>
+        <v>60966079</v>
       </c>
       <c r="N639" t="s">
-        <v>968</v>
+        <v>974</v>
       </c>
       <c r="O639" t="s">
         <v>18</v>
       </c>
       <c r="P639">
         <v>80966025</v>
       </c>
     </row>
     <row r="640" spans="1:16">
       <c r="A640">
         <v>639</v>
       </c>
       <c r="B640" t="s">
-        <v>963</v>
+        <v>969</v>
       </c>
       <c r="C640" t="s">
-        <v>776</v>
+        <v>994</v>
       </c>
       <c r="D640">
-        <v>542</v>
+        <v>536</v>
       </c>
       <c r="E640" t="s">
-        <v>965</v>
+        <v>971</v>
       </c>
       <c r="F640" t="s">
         <v>13</v>
       </c>
       <c r="G640">
         <v>4096666</v>
       </c>
       <c r="H640" t="s">
-        <v>966</v>
+        <v>972</v>
       </c>
       <c r="I640" t="s">
         <v>15</v>
       </c>
       <c r="J640">
         <v>50966047</v>
       </c>
       <c r="K640" t="s">
-        <v>976</v>
+        <v>982</v>
       </c>
       <c r="L640" t="s">
         <v>56</v>
       </c>
       <c r="M640">
         <v>60966062</v>
       </c>
       <c r="N640" t="s">
-        <v>968</v>
+        <v>974</v>
       </c>
       <c r="O640" t="s">
         <v>18</v>
       </c>
       <c r="P640">
         <v>80966025</v>
       </c>
     </row>
     <row r="641" spans="1:16">
       <c r="A641">
         <v>640</v>
       </c>
       <c r="B641" t="s">
-        <v>963</v>
+        <v>969</v>
       </c>
       <c r="C641" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="D641"/>
+        <v>995</v>
+      </c>
+      <c r="D641">
+        <v>537</v>
+      </c>
       <c r="E641" t="s">
-        <v>965</v>
+        <v>971</v>
       </c>
       <c r="F641" t="s">
         <v>13</v>
       </c>
       <c r="G641">
         <v>4096666</v>
       </c>
       <c r="H641" t="s">
-        <v>966</v>
+        <v>972</v>
       </c>
       <c r="I641" t="s">
         <v>15</v>
       </c>
       <c r="J641">
         <v>50966047</v>
       </c>
       <c r="K641" t="s">
-        <v>970</v>
+        <v>982</v>
       </c>
       <c r="L641" t="s">
+        <v>56</v>
+      </c>
+      <c r="M641">
+        <v>60966062</v>
+      </c>
+      <c r="N641" t="s">
+        <v>974</v>
+      </c>
+      <c r="O641" t="s">
+        <v>18</v>
+      </c>
+      <c r="P641">
+        <v>80966025</v>
+      </c>
+    </row>
+    <row r="642" spans="1:16">
+      <c r="A642">
+        <v>641</v>
+      </c>
+      <c r="B642" t="s">
+        <v>969</v>
+      </c>
+      <c r="C642" t="s">
+        <v>996</v>
+      </c>
+      <c r="D642">
+        <v>538</v>
+      </c>
+      <c r="E642" t="s">
+        <v>971</v>
+      </c>
+      <c r="F642" t="s">
+        <v>13</v>
+      </c>
+      <c r="G642">
+        <v>4096666</v>
+      </c>
+      <c r="H642" t="s">
+        <v>972</v>
+      </c>
+      <c r="I642" t="s">
+        <v>15</v>
+      </c>
+      <c r="J642">
+        <v>50966047</v>
+      </c>
+      <c r="K642" t="s">
+        <v>973</v>
+      </c>
+      <c r="L642" t="s">
+        <v>56</v>
+      </c>
+      <c r="M642">
+        <v>60966080</v>
+      </c>
+      <c r="N642" t="s">
+        <v>974</v>
+      </c>
+      <c r="O642" t="s">
+        <v>18</v>
+      </c>
+      <c r="P642">
+        <v>80966025</v>
+      </c>
+    </row>
+    <row r="643" spans="1:16">
+      <c r="A643">
+        <v>642</v>
+      </c>
+      <c r="B643" t="s">
+        <v>969</v>
+      </c>
+      <c r="C643" t="s">
+        <v>828</v>
+      </c>
+      <c r="D643">
+        <v>539</v>
+      </c>
+      <c r="E643" t="s">
+        <v>971</v>
+      </c>
+      <c r="F643" t="s">
+        <v>13</v>
+      </c>
+      <c r="G643">
+        <v>4096666</v>
+      </c>
+      <c r="H643" t="s">
+        <v>972</v>
+      </c>
+      <c r="I643" t="s">
+        <v>15</v>
+      </c>
+      <c r="J643">
+        <v>50966047</v>
+      </c>
+      <c r="K643" t="s">
+        <v>982</v>
+      </c>
+      <c r="L643" t="s">
+        <v>56</v>
+      </c>
+      <c r="M643">
+        <v>60966062</v>
+      </c>
+      <c r="N643" t="s">
+        <v>974</v>
+      </c>
+      <c r="O643" t="s">
+        <v>18</v>
+      </c>
+      <c r="P643">
+        <v>80966025</v>
+      </c>
+    </row>
+    <row r="644" spans="1:16">
+      <c r="A644">
+        <v>643</v>
+      </c>
+      <c r="B644" t="s">
+        <v>969</v>
+      </c>
+      <c r="C644" t="s">
+        <v>997</v>
+      </c>
+      <c r="D644">
+        <v>540</v>
+      </c>
+      <c r="E644" t="s">
+        <v>971</v>
+      </c>
+      <c r="F644" t="s">
+        <v>13</v>
+      </c>
+      <c r="G644">
+        <v>4096666</v>
+      </c>
+      <c r="H644" t="s">
+        <v>972</v>
+      </c>
+      <c r="I644" t="s">
+        <v>15</v>
+      </c>
+      <c r="J644">
+        <v>50966047</v>
+      </c>
+      <c r="K644" t="s">
+        <v>982</v>
+      </c>
+      <c r="L644" t="s">
+        <v>56</v>
+      </c>
+      <c r="M644">
+        <v>60966062</v>
+      </c>
+      <c r="N644" t="s">
+        <v>974</v>
+      </c>
+      <c r="O644" t="s">
+        <v>18</v>
+      </c>
+      <c r="P644">
+        <v>80966025</v>
+      </c>
+    </row>
+    <row r="645" spans="1:16">
+      <c r="A645">
+        <v>644</v>
+      </c>
+      <c r="B645" t="s">
+        <v>969</v>
+      </c>
+      <c r="C645" t="s">
+        <v>998</v>
+      </c>
+      <c r="D645">
+        <v>541</v>
+      </c>
+      <c r="E645" t="s">
+        <v>971</v>
+      </c>
+      <c r="F645" t="s">
+        <v>13</v>
+      </c>
+      <c r="G645">
+        <v>4096666</v>
+      </c>
+      <c r="H645" t="s">
+        <v>972</v>
+      </c>
+      <c r="I645" t="s">
+        <v>15</v>
+      </c>
+      <c r="J645">
+        <v>50966047</v>
+      </c>
+      <c r="K645" t="s">
+        <v>982</v>
+      </c>
+      <c r="L645" t="s">
+        <v>56</v>
+      </c>
+      <c r="M645">
+        <v>60966062</v>
+      </c>
+      <c r="N645" t="s">
+        <v>974</v>
+      </c>
+      <c r="O645" t="s">
+        <v>18</v>
+      </c>
+      <c r="P645">
+        <v>80966025</v>
+      </c>
+    </row>
+    <row r="646" spans="1:16">
+      <c r="A646">
+        <v>645</v>
+      </c>
+      <c r="B646" t="s">
+        <v>969</v>
+      </c>
+      <c r="C646" t="s">
+        <v>776</v>
+      </c>
+      <c r="D646">
+        <v>542</v>
+      </c>
+      <c r="E646" t="s">
+        <v>971</v>
+      </c>
+      <c r="F646" t="s">
+        <v>13</v>
+      </c>
+      <c r="G646">
+        <v>4096666</v>
+      </c>
+      <c r="H646" t="s">
+        <v>972</v>
+      </c>
+      <c r="I646" t="s">
+        <v>15</v>
+      </c>
+      <c r="J646">
+        <v>50966047</v>
+      </c>
+      <c r="K646" t="s">
+        <v>982</v>
+      </c>
+      <c r="L646" t="s">
+        <v>56</v>
+      </c>
+      <c r="M646">
+        <v>60966062</v>
+      </c>
+      <c r="N646" t="s">
+        <v>974</v>
+      </c>
+      <c r="O646" t="s">
+        <v>18</v>
+      </c>
+      <c r="P646">
+        <v>80966025</v>
+      </c>
+    </row>
+    <row r="647" spans="1:16">
+      <c r="A647">
+        <v>646</v>
+      </c>
+      <c r="B647" t="s">
+        <v>969</v>
+      </c>
+      <c r="C647" t="s">
+        <v>50</v>
+      </c>
+      <c r="D647"/>
+      <c r="E647" t="s">
+        <v>971</v>
+      </c>
+      <c r="F647" t="s">
+        <v>13</v>
+      </c>
+      <c r="G647">
+        <v>4096666</v>
+      </c>
+      <c r="H647" t="s">
+        <v>972</v>
+      </c>
+      <c r="I647" t="s">
+        <v>15</v>
+      </c>
+      <c r="J647">
+        <v>50966047</v>
+      </c>
+      <c r="K647" t="s">
+        <v>976</v>
+      </c>
+      <c r="L647" t="s">
         <v>16</v>
       </c>
-      <c r="M641">
+      <c r="M647">
         <v>60966079</v>
       </c>
-      <c r="N641" t="s">
-[...5 lines deleted...]
-      <c r="P641">
+      <c r="N647" t="s">
+        <v>974</v>
+      </c>
+      <c r="O647" t="s">
+        <v>18</v>
+      </c>
+      <c r="P647">
         <v>80966025</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>